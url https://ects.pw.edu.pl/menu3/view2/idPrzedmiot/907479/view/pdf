--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -916,67 +916,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocenianie ciągłe – obecność i czynny udział w zajęciach Sprawozdanie z przeprowadzonych badań i/lub prezentacja na koniec zajęć		</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U11, K2_U12, K2_U04, K2_U06, K2_U07, K2_U08</w:t>
+        <w:t xml:space="preserve">K2_U08, K2_U11, K2_U12, K2_U04, K2_U06, K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UU, I.P7S_UO, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UU, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonuje pomiary terenowe wykorzystując wybrane metody NDT</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -987,67 +987,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocenianie ciągłe – obecność i czynny udział w zajęciach
 Sprawozdanie z przeprowadzonych badań i/lub prezentacja na koniec zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U04, K2_U07, K2_U08</w:t>
+        <w:t xml:space="preserve">K2_U07, K2_U08, K2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">przetwarza, interpretuje i opracowuje wyniki otrzymane w terenie z wykorzystaniem metod NDT</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>