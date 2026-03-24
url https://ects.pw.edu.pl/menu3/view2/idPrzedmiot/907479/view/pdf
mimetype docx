--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -932,51 +932,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U08, K2_U11, K2_U12, K2_U04, K2_U06, K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UU, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">wykonuje pomiary terenowe wykorzystując wybrane metody NDT</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -987,67 +987,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocenianie ciągłe – obecność i czynny udział w zajęciach
 Sprawozdanie z przeprowadzonych badań i/lub prezentacja na koniec zajęć</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U07, K2_U08, K2_U04</w:t>
+        <w:t xml:space="preserve">K2_U04, K2_U07, K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">przetwarza, interpretuje i opracowuje wyniki otrzymane w terenie z wykorzystaniem metod NDT</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>