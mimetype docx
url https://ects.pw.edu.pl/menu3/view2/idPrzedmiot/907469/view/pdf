--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -841,51 +841,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna algorytmy MES w dynamice i stateczności konstrukcji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -991,51 +991,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zbudować model MES konstrukcji inżynierskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>