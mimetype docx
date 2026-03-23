--- v1 (2026-02-28)
+++ v2 (2026-03-23)
@@ -991,191 +991,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie zbudować model MES konstrukcji inżynierskiej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca projektowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie ocenić poprawność rozwiązania MES</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Praca projektowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>