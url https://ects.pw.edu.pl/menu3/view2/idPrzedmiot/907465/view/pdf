--- v0 (2026-01-13)
+++ v1 (2026-01-15)
@@ -823,67 +823,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zdanie egzaminu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W14_KB, K2_W13</w:t>
+        <w:t xml:space="preserve">K2_W13, K2_W14_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna normy oraz przepisy dotyczące projektowania zbiorników walcowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>