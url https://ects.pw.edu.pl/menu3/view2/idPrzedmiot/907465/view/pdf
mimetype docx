--- v1 (2026-01-15)
+++ v2 (2026-02-28)
@@ -1043,51 +1043,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05, K2_U15_KB, K2_U17_KB, K2_U19_KB</w:t>
+        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB, K2_U19_KB, K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>