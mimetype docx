--- v2 (2026-02-28)
+++ v3 (2026-03-24)
@@ -1059,51 +1059,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB, K2_U19_KB, K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać rysunki konstrukcyjne elementów stalowych zbiornika walcowego ze stałym dachem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>