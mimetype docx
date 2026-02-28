--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -1052,51 +1052,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W14_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">I.P7S_WK, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady opracowywania i aktualizowania norm budowlanych, jako podstawowych narzędzi zapewnienia konstrukcji odpowiedniego poziomu bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>