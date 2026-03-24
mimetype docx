--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -1052,51 +1052,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W14_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady opracowywania i aktualizowania norm budowlanych, jako podstawowych narzędzi zapewnienia konstrukcji odpowiedniego poziomu bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1476,51 +1476,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Praktyka zawodowa absolwenta</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K02, K2_K03</w:t>
+        <w:t xml:space="preserve">K2_K03, K2_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>