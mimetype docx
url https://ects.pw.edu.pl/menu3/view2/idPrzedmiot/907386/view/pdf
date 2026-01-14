--- v0 (2026-01-12)
+++ v1 (2026-01-14)
@@ -847,67 +847,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W12, K2_W08, K2_W18_IPB</w:t>
+        <w:t xml:space="preserve">K2_W18_IPB, K2_W12, K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wymienić podstawowe przyczyny korozji kompozytów budowlanych i analizować ich wpływ na trwałość obiektów budowlanych. Zna podstawowe metody oceny stanu materiałów w konstrukcji budowlanej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1077,51 +1077,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zawartość merytoryczna przentacji ppt oraz raportu na wybrany temat. Sposób prezentacji na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K02, K2_K03, K2_K04, K2_K05, K2_K06, K2_K07</w:t>
+        <w:t xml:space="preserve">K2_K04, K2_K05, K2_K06, K2_K07, K2_K02, K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>