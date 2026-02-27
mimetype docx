--- v1 (2026-01-14)
+++ v2 (2026-02-27)
@@ -847,67 +847,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W18_IPB, K2_W12, K2_W08</w:t>
+        <w:t xml:space="preserve">K2_W12, K2_W08, K2_W18_IPB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wymienić podstawowe przyczyny korozji kompozytów budowlanych i analizować ich wpływ na trwałość obiektów budowlanych. Zna podstawowe metody oceny stanu materiałów w konstrukcji budowlanej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1013,51 +1013,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U04, K2_U06, K2_U08, K2_U09, K2_U17_IPB, K2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UO, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>
@@ -1077,51 +1077,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zawartość merytoryczna przentacji ppt oraz raportu na wybrany temat. Sposób prezentacji na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K04, K2_K05, K2_K06, K2_K07, K2_K02, K2_K03</w:t>
+        <w:t xml:space="preserve">K2_K02, K2_K03, K2_K04, K2_K05, K2_K06, K2_K07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>