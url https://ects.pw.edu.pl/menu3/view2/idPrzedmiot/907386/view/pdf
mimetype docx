--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -777,67 +777,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W08, K2_W10, K2_W18_IPB</w:t>
+        <w:t xml:space="preserve">K2_W18_IPB, K2_W08, K2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać metody analizy mikrostruktury podstawowych typów kompozytów budowlanych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -997,67 +997,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zawartość merytoryczna prezentacji ppt oraz raportu na wybrany temat. Sposób prezentacji na ćwiczeniach.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U04, K2_U06, K2_U08, K2_U09, K2_U17_IPB, K2_U12</w:t>
+        <w:t xml:space="preserve">K2_U12, K2_U04, K2_U06, K2_U08, K2_U09, K2_U17_IPB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UO, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UO, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>