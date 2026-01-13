--- v0 (2025-11-02)
+++ v1 (2026-01-13)
@@ -747,51 +747,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -817,67 +817,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W11, Tr1A_W08, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09, Tr1A_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG.o, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę ogólną na temat obsługi pojazdów samochodowych z napędem hybrydowym i elektrycznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>