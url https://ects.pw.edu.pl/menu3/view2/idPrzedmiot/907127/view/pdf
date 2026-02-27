--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -747,51 +747,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -817,51 +817,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09, Tr1A_W11</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W11, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>