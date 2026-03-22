--- v2 (2026-02-27)
+++ v3 (2026-03-22)
@@ -817,51 +817,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W11, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09, Tr1A_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, III.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>