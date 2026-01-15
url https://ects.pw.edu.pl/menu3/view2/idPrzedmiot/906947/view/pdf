--- v0 (2025-11-04)
+++ v1 (2026-01-15)
@@ -962,67 +962,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, kartkówki przed rozpoczęciem ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W18, K_W17</w:t>
+        <w:t xml:space="preserve">K_W17, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OMC_u01: </w:t>
       </w:r>
     </w:p>
@@ -1113,51 +1113,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z przeprowadzonych ćwiczeń </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U12, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>