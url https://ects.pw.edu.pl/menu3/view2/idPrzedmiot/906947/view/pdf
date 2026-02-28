--- v1 (2026-01-15)
+++ v2 (2026-02-28)
@@ -908,51 +908,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W17, K_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OMC_w04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna flagowe urządzenia i systemy optomechatroniczne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1113,51 +1113,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań z przeprowadzonych ćwiczeń </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U12</w:t>
+        <w:t xml:space="preserve">K_U12, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>