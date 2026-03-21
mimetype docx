--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -892,51 +892,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena z kolokwium, kartkówki przed rozpoczęciem ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W17, K_W18</w:t>
+        <w:t xml:space="preserve">K_W18, K_W01, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>