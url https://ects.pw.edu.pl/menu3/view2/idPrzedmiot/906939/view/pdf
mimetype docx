--- v0 (2025-11-04)
+++ v1 (2025-12-08)
@@ -854,121 +854,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PEM_W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat znaczenia zamienności i normalizacji elementów konstrukcji mechanicznych. Zna podstawowe reguły tworzenia specyfikacji geometrycznej wyrobów mechatronicznych i metody sprawdzania wymagań określonych w dokumentacji technicznej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian podczas zajęć wykładowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W11, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PEM_U01: </w:t>
       </w:r>
     </w:p>