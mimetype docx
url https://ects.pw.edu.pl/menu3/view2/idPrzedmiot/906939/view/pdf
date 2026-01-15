--- v1 (2025-12-08)
+++ v2 (2026-01-15)
@@ -854,51 +854,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PEM_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat znaczenia zamienności i normalizacji elementów konstrukcji mechanicznych. Zna podstawowe reguły tworzenia specyfikacji geometrycznej wyrobów mechatronicznych i metody sprawdzania wymagań określonych w dokumentacji technicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1004,51 +1004,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10, K_U11, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PEM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować zgodnie z normami ISO podane na rysunku technicznym wymagania dotyczące dokładności geometrycznej elementów mechanicznych, dobrać urządzenia pomiarowe do ich sprawdzania oraz ocenić poprawność wykonania sprawdzanego wyrobu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>