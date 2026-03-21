--- v2 (2026-01-15)
+++ v3 (2026-03-21)
@@ -784,271 +784,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W10, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PEM_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie wpływ zjawisk fizycznych i sposobu przetwarzania danych na wyniki pomiaru. Ma wiedzę na temat źródeł niepewności pomiaru. Zna reguły propagacji błędów pomiaru wynikające z zasad probabilistyki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawdzian podczas zajęć wykładowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01, K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PEM_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PEM_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie wpływ zjawisk fizycznych i sposobu przetwarzania danych na wyniki pomiaru. Ma wiedzę na temat źródeł niepewności pomiaru. Zna reguły propagacji błędów pomiaru wynikające z zasad probabilistyki.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat znaczenia zamienności i normalizacji elementów konstrukcji mechanicznych. Zna podstawowe reguły tworzenia specyfikacji geometrycznej wyrobów mechatronicznych i metody sprawdzania wymagań określonych w dokumentacji technicznej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian podczas zajęć wykładowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01, K_W10</w:t>
+        <w:t xml:space="preserve">K_W10, K_W11, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PEM_W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PEM_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat znaczenia zamienności i normalizacji elementów konstrukcji mechanicznych. Zna podstawowe reguły tworzenia specyfikacji geometrycznej wyrobów mechatronicznych i metody sprawdzania wymagań określonych w dokumentacji technicznej.</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić pomiary podstawowych wielkości fizycznych (masa, temperatura, długość, ciśnienie, przepływ) przy użyciu przyrządów wykorzystujących rozmaite zjawiska fizyczne. Zna zasady postępowania podczas pomiarów, umie wyznaczyć i skompensować systematyczne błędy pomiaru oraz oszacować niepewność pomiarów bezpośrednich i pośrednich.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Sprawdzian podczas zajęć wykładowych</w:t>
+        <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W11, K_W12</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PEM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować zgodnie z normami ISO podane na rysunku technicznym wymagania dotyczące dokładności geometrycznej elementów mechanicznych, dobrać urządzenia pomiarowe do ich sprawdzania oraz ocenić poprawność wykonania sprawdzanego wyrobu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>