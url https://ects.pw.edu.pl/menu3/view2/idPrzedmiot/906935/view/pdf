--- v0 (2025-11-04)
+++ v1 (2026-01-15)
@@ -863,67 +863,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U19, K_U21, K_U24, K_U01, K_U02, K_U08, K_U14</w:t>
+        <w:t xml:space="preserve">K_U08, K_U14, K_U19, K_U21, K_U24, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KZU2_K01: </w:t>
       </w:r>
     </w:p>