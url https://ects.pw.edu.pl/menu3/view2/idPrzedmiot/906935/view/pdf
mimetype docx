--- v1 (2026-01-15)
+++ v2 (2026-02-28)
@@ -863,67 +863,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zaliczenie ćwiczeń projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U14, K_U19, K_U21, K_U24, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U08, K_U14, K_U19, K_U21, K_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KZU2_K01: </w:t>
       </w:r>
     </w:p>