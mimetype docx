--- v0 (2025-11-04)
+++ v1 (2026-01-15)
@@ -789,71 +789,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MAT1_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna pojęcie przestrzeni metrycznej i unormowanej, wektory i działania na wektorach, pojęcie prostej, płasczyzny i pojęcie powierzchi stopnia drugiego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin i zaliczenie ćwiczeń</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MAT1_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MAT1_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna pojęcie przestrzeni metrycznej i unormowanej, wektory i działania na wektorach, pojęcie prostej, płasczyzny i pojęcie powierzchi stopnia drugiego</w:t>
+        <w:t xml:space="preserve">Zna podstawy teorii granic ciągów i zbieżności szeregów liczbowych, rachunku różniczkowego funkcji jednej zmiennej i jego zastosowania wraz z podstawowymi metodami obliczeniowymi.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin i zaliczenie ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -872,58 +942,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka MAT1_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka MAT1_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy teorii granic ciągów i zbieżności szeregów liczbowych, rachunku różniczkowego funkcji jednej zmiennej i jego zastosowania wraz z podstawowymi metodami obliczeniowymi.</w:t>
+        <w:t xml:space="preserve">Zna podstawy rachunku całkowego funkcji jednej zmiennej, funkcje pierwotne, całkę Riemanna, całki niewłaściwe i ich zastosowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin i zaliczenie ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -934,196 +1004,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MAT1_W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MAT1_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy rachunku całkowego funkcji jednej zmiennej, funkcje pierwotne, całkę Riemanna, całki niewłaściwe i ich zastosowania</w:t>
+        <w:t xml:space="preserve">Potafi operować pojęciem liczby zespolonej, stosować macierze i wyznaczniki do rozwiązywania układów równań liniowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin i zaliczenie ćwiczeń</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W01</w:t>
+        <w:t xml:space="preserve">K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAT1_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi posługiwać się wektorami i stosować je do rozwiązywania problemów z prostą i płaszczyzną w przestrzeni, wyznaczać równania powierzchni stopnia drugiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>