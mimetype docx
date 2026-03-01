--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -789,51 +789,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MAT1_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna pojęcie przestrzeni metrycznej i unormowanej, wektory i działania na wektorach, pojęcie prostej, płasczyzny i pojęcie powierzchi stopnia drugiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>