--- v0 (2025-11-04)
+++ v1 (2025-12-08)
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadań praktycznych wykonanych w ramach laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U18, K_U22</w:t>
+        <w:t xml:space="preserve">K_U18, K_U22, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować i uruchomić w układzie mikroprocesoroym algorytm przesyłający dane pomiarowe do komputera PC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>