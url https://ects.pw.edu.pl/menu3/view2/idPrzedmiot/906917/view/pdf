--- v1 (2025-12-08)
+++ v2 (2026-01-15)
@@ -770,51 +770,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMM_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę na temat metod komunikacji mikrokontrolera z otoczeniem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadań praktycznych wykonanych w ramach laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U18, K_U22, K_U04, K_U05</w:t>
+        <w:t xml:space="preserve">K_U22, K_U04, K_U05, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować i uruchomić w układzie mikroprocesoroym algorytm przesyłający dane pomiarowe do komputera PC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>