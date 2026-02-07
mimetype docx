--- v2 (2026-01-15)
+++ v3 (2026-02-07)
@@ -770,51 +770,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMM_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę na temat metod komunikacji mikrokontrolera z otoczeniem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -992,51 +992,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U22, K_U04, K_U05, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować i uruchomić w układzie mikroprocesoroym algorytm przesyłający dane pomiarowe do komputera PC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>