--- v3 (2026-02-07)
+++ v4 (2026-02-28)
@@ -754,51 +754,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie i wygłoszenie wystąpienia na zadany temat. Zaliczenie  sprawdzianu.
 Zaliczenie zadania w ramach laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W06, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W05, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>