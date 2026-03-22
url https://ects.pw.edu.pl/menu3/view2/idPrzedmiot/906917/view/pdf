--- v4 (2026-02-28)
+++ v5 (2026-03-22)
@@ -770,51 +770,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08, K_W05, K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMM_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę na temat metod komunikacji mikrokontrolera z otoczeniem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -976,67 +976,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadań praktycznych wykonanych w ramach laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U22, K_U04, K_U05, K_U18</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U18, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMM_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować i uruchomić w układzie mikroprocesoroym algorytm przesyłający dane pomiarowe do komputera PC.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1046,67 +1046,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie zadań praktycznych wykonanych w ramach laboratorium.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U18, K_U22</w:t>
+        <w:t xml:space="preserve">K_U05, K_U18, K_U22, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SMM_K01: </w:t>
       </w:r>
     </w:p>