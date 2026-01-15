--- v1 (2025-12-08)
+++ v2 (2026-01-15)
@@ -916,51 +916,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżąca zadań realizowanych podczas zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U22</w:t>
+        <w:t xml:space="preserve">K_U04, K_U22, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>