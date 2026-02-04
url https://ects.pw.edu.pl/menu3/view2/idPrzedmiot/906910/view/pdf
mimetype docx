--- v2 (2026-01-15)
+++ v3 (2026-02-04)
@@ -766,217 +766,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egazamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MTL_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Student zna i rozumie różnice między m-plikiem skryptowym i funkcyjnym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka MTL_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka MTL_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Student zna i rozumie różnice między m-plikiem skryptowym i funkcyjnym.</w:t>
+        <w:t xml:space="preserve">Student potrafi dobrać i zastosować wbudowane funkcje środowiska MATLAB oraz tworzyć nowe funkcje w celu realizacji postawionego zadania obliczeniowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Ocena bieżąca zadań realizowanych podczas zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MTL_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystać środowisko MATLAB w celu napisania i uruchomienia kodu programu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>