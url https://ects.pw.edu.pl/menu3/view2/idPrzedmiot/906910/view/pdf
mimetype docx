--- v4 (2026-02-28)
+++ v5 (2026-03-22)
@@ -782,51 +782,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MTL_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student zna i rozumie różnice między m-plikiem skryptowym i funkcyjnym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -916,67 +916,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena bieżąca zadań realizowanych podczas zajęć laboratoryjnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U04, K_U22</w:t>
+        <w:t xml:space="preserve">K_U22, K_U01, K_U03, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MTL_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi wykorzystać środowisko MATLAB w celu napisania i uruchomienia kodu programu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1142,51 +1142,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MTL_K01: </w:t>
       </w:r>
     </w:p>