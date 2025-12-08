--- v0 (2025-11-03)
+++ v1 (2025-12-08)
@@ -899,217 +899,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U11, K_U13, K_U15</w:t>
+        <w:t xml:space="preserve">K_U13, K_U15, K_U10, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi samodzielnie wykonać obliczenia wybranych elementów geometrycznych skojarzonych według kryterium Gaussa (prosta na płaszczyźnie i w przestrzeni, okrąg, walec) oraz wyznaczyć miary liczbowe niedokładności badanych powierzchni. Umie obliczyć składowe harmoniczne widma profilu i oszacować ich wpływ na pracę elementu w zmontowanym zespole. Na podstawie wyników pomiaru geometrii krzywek umie wyznaczyć chwilowe prędkości i przyspieszenia popychaczy. Potrafi dobrać odpowiednie formy graficzne do zilustrowania uzyskanych wyników pomiaru oraz oszacować niepewność pomiaru wyznaczonych parametrów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ASJ1_U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U16, K_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ASJ1_K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi samodzielnie wykonać obliczenia wybranych elementów geometrycznych skojarzonych według kryterium Gaussa (prosta na płaszczyźnie i w przestrzeni, okrąg, walec) oraz wyznaczyć miary liczbowe niedokładności badanych powierzchni. Umie obliczyć składowe harmoniczne widma profilu i oszacować ich wpływ na pracę elementu w zmontowanym zespole. Na podstawie wyników pomiaru geometrii krzywek umie wyznaczyć chwilowe prędkości i przyspieszenia popychaczy. Potrafi dobrać odpowiednie formy graficzne do zilustrowania uzyskanych wyników pomiaru oraz oszacować niepewność pomiaru wyznaczonych parametrów</w:t>
+        <w:t xml:space="preserve">Potrafi określić priorytety oraz rozstrzygać dylematy związane z realizacją zadań pomiarowych. Umie pracować w zespole, przyjmując w nim różne role. i rozumie jej wpływ na ekonomię i rozwój społeczny. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ASJ1_U02</w:t>
+        <w:t xml:space="preserve">Przebieg zajęć laboratoryjnych i dyskusja na temat uzyskanych wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U22, K_U10, K_U11, K_U16</w:t>
+        <w:t xml:space="preserve">K_K05, K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ1_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość skutków działalności inżynierskiej w zakresie projektowania, wytwarzania oraz kontroli i rozumie jej wpływ na ekonomię i rozwój społeczny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>