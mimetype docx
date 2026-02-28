--- v1 (2025-12-08)
+++ v2 (2026-02-28)
@@ -899,67 +899,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U13, K_U15, K_U10, K_U11</w:t>
+        <w:t xml:space="preserve">K_U11, K_U13, K_U15, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie wykonać obliczenia wybranych elementów geometrycznych skojarzonych według kryterium Gaussa (prosta na płaszczyźnie i w przestrzeni, okrąg, walec) oraz wyznaczyć miary liczbowe niedokładności badanych powierzchni. Umie obliczyć składowe harmoniczne widma profilu i oszacować ich wpływ na pracę elementu w zmontowanym zespole. Na podstawie wyników pomiaru geometrii krzywek umie wyznaczyć chwilowe prędkości i przyspieszenia popychaczy. Potrafi dobrać odpowiednie formy graficzne do zilustrowania uzyskanych wyników pomiaru oraz oszacować niepewność pomiaru wyznaczonych parametrów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1049,67 +1049,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przebieg zajęć laboratoryjnych i dyskusja na temat uzyskanych wyników.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K05, K_K04</w:t>
+        <w:t xml:space="preserve">K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ1_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość skutków działalności inżynierskiej w zakresie projektowania, wytwarzania oraz kontroli i rozumie jej wpływ na ekonomię i rozwój społeczny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>