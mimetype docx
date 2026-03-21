--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -819,67 +819,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian podczas zajęć wykładowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W12, K_W16, K_W17</w:t>
+        <w:t xml:space="preserve">K_W12, K_W16, K_W17, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ1_U01: </w:t>
       </w:r>
     </w:p>
@@ -899,67 +899,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena poprawności wykonania zadań w laboratorium i sprawozdań z ćwiczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U13, K_U15, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U11, K_U13, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka Ocena poprawności wykonania zadań w laboratorium i jakości sprawozdań z ćwiczeń.: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie wykonać obliczenia wybranych elementów geometrycznych skojarzonych według kryterium Gaussa (prosta na płaszczyźnie i w przestrzeni, okrąg, walec) oraz wyznaczyć miary liczbowe niedokładności badanych powierzchni. Umie obliczyć składowe harmoniczne widma profilu i oszacować ich wpływ na pracę elementu w zmontowanym zespole. Na podstawie wyników pomiaru geometrii krzywek umie wyznaczyć chwilowe prędkości i przyspieszenia popychaczy. Potrafi dobrać odpowiednie formy graficzne do zilustrowania uzyskanych wyników pomiaru oraz oszacować niepewność pomiaru wyznaczonych parametrów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1065,51 +1065,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K04, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KR, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KO, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASJ1_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma świadomość skutków działalności inżynierskiej w zakresie projektowania, wytwarzania oraz kontroli i rozumie jej wpływ na ekonomię i rozwój społeczny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>