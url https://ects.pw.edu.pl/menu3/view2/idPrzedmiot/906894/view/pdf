--- v0 (2025-11-03)
+++ v1 (2025-12-08)
@@ -1259,51 +1259,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRD_U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ustawić parametry korygujące dźwięk w torze akustycznym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1313,51 +1313,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n.d</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U17, K_U18</w:t>
+        <w:t xml:space="preserve">K_U18, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>