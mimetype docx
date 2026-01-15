--- v1 (2025-12-08)
+++ v2 (2026-01-15)
@@ -1313,51 +1313,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n.d</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U18, K_U17</w:t>
+        <w:t xml:space="preserve">K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>