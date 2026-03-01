--- v2 (2026-01-15)
+++ v3 (2026-03-01)
@@ -813,357 +813,357 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n.d</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W12, K_W05, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna techniczne aspekty łączenia dźwiękowej aparatury studyjnej.	</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">n.d</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PRD_W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PRD_W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna techniczne aspekty łączenia dźwiękowej aparatury studyjnej.	</w:t>
+        <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">n.d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_W5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">n.d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_U1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi poprawnie ustawić mikrofony do rejestracji wybranego rodzaju instrumentu muzycznego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">n.d</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
+        <w:t xml:space="preserve">K_U18, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRD_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi w podstawowym zakresie obsługiwać stół mikserski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>