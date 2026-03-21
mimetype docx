--- v3 (2026-03-01)
+++ v4 (2026-03-21)
@@ -813,51 +813,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n.d</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W05, K_W07</w:t>
+        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -883,80 +883,150 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n.d</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W07, K_W12, K_W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">n.d.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka PRD_W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka PRD_W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n.d.</w:t>
@@ -974,266 +1044,196 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PRD_W5: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady korekty technicznych parametrów dźwięku</w:t>
+        <w:t xml:space="preserve">Potrafi poprawnie ustawić mikrofony do rejestracji wybranego rodzaju instrumentu muzycznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">n.d.</w:t>
+        <w:t xml:space="preserve">n.d</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W05, K_W07, K_W12</w:t>
+        <w:t xml:space="preserve">K_U17, K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka PRD_U1: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka PRD_U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi poprawnie ustawić mikrofony do rejestracji wybranego rodzaju instrumentu muzycznego</w:t>
+        <w:t xml:space="preserve">Potrafi w podstawowym zakresie obsługiwać stół mikserski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">n.d</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U18, K_U17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PRD_U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi poprawnie połączyć wybrane dźwiękowe urządzenia studyjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>