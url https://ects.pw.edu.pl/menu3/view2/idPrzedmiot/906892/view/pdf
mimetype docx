--- v1 (2025-12-08)
+++ v2 (2026-02-05)
@@ -1007,51 +1007,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U18, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TMPI_U02 : </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wykorzystać układy czasowo-licznikowe do sterowania pracą urządzeń zewnętrznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>