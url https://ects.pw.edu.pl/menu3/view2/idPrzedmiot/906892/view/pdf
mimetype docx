--- v2 (2026-02-05)
+++ v3 (2026-02-28)
@@ -1007,121 +1007,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U18, K_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka TMPI_U02 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie wykorzystać układy czasowo-licznikowe do sterowania pracą urządzeń zewnętrznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie zadań realizowanych w ramach laboratorium.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U18, K_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TMPI_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie wykorzystać system przerwań do sterowania pracą urządzeń w systemie mikroprocesorowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>