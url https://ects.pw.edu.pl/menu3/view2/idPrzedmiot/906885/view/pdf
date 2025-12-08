--- v0 (2025-11-03)
+++ v1 (2025-12-08)
@@ -908,51 +908,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W12, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TTV_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat tworzenia sygnału telewizyjnego analogowego i cyfrowego, jego obróbki, kompresji i zapisu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TTV_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obsługiwać podstawową tv aparaturę studyjną</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>