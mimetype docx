--- v1 (2025-12-08)
+++ v2 (2026-01-15)
@@ -962,51 +962,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TTV_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obsługiwać podstawową tv aparaturę studyjną</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>