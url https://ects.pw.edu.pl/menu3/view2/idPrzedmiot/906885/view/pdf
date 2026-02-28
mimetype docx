--- v2 (2026-01-15)
+++ v3 (2026-02-28)
@@ -892,51 +892,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W12, K_W17</w:t>
+        <w:t xml:space="preserve">K_W17, K_W04, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -962,51 +962,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U02, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TTV_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obsługiwać podstawową tv aparaturę studyjną</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>