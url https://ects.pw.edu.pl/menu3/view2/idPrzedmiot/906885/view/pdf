--- v3 (2026-02-28)
+++ v4 (2026-03-23)
@@ -838,51 +838,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TTV_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady działania współczesnych systemów telekomunikacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -892,51 +892,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W17, K_W04, K_W12</w:t>
+        <w:t xml:space="preserve">K_W04, K_W12, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1042,67 +1042,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U02</w:t>
+        <w:t xml:space="preserve">K_U02, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TTV_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi obsługiwać podstawową tv aparaturę studyjną</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>