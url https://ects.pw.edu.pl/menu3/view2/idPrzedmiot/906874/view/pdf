--- v1 (2026-02-05)
+++ v2 (2026-03-22)
@@ -781,51 +781,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka OWIBOP_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna aktualne metody badania widowni telewizyjnej, audytorium radiowego i odbiorców Internetu. Zna techniki badań marketingowych oraz opinii publicznej. Zna sposoby rozliczeń ośrodków przekazu informacji z reklamodawcami na podstawie wyników badania opinii publicznej. Zna w podstawowym zakresie metodykę planowania i oceny kampanii reklamowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -851,51 +851,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PFC_U01: </w:t>
       </w:r>
     </w:p>