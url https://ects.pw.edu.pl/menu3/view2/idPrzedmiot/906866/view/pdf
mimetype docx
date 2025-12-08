--- v0 (2025-11-03)
+++ v1 (2025-12-08)
@@ -849,67 +849,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń laboratoryjnych i projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U05, K_U07, K_U08, K_U20, K_U27</w:t>
+        <w:t xml:space="preserve">K_U08, K_U20, K_U27, K_U03, K_U05, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOE_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie udokumentować przebieg przeprowadzonych badań technologicznych i przeprowadzić optymalizację procesu na podstawie uzyskanych wyniki eksperymentów, wraz z oszacowaniem błędów pomiarów. Umie przedstawić wymagania BHP związane z procesem technologicznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -919,67 +919,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U13, K_U27, K_U01, K_U05</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05, K_U11, K_U13, K_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOE_K01: </w:t>
       </w:r>
     </w:p>