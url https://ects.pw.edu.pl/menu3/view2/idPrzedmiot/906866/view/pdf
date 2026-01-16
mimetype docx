--- v1 (2025-12-08)
+++ v2 (2026-01-16)
@@ -865,51 +865,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U08, K_U20, K_U27, K_U03, K_U05, K_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOE_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie udokumentować przebieg przeprowadzonych badań technologicznych i przeprowadzić optymalizację procesu na podstawie uzyskanych wyniki eksperymentów, wraz z oszacowaniem błędów pomiarów. Umie przedstawić wymagania BHP związane z procesem technologicznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>