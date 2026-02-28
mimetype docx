--- v2 (2026-01-16)
+++ v3 (2026-02-28)
@@ -849,67 +849,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń laboratoryjnych i projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U20, K_U27, K_U03, K_U05, K_U07</w:t>
+        <w:t xml:space="preserve">K_U08, K_U03, K_U05, K_U20, K_U07, K_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, I.P6S_UK, III.P6S_UW.o, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOE_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie udokumentować przebieg przeprowadzonych badań technologicznych i przeprowadzić optymalizację procesu na podstawie uzyskanych wyniki eksperymentów, wraz z oszacowaniem błędów pomiarów. Umie przedstawić wymagania BHP związane z procesem technologicznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -935,51 +935,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U05, K_U11, K_U13, K_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UO, I.P6S_UU, III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOE_K01: </w:t>
       </w:r>
     </w:p>