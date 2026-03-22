--- v3 (2026-02-28)
+++ v4 (2026-03-22)
@@ -785,51 +785,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W16, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOE_U01: </w:t>
       </w:r>
     </w:p>
@@ -849,67 +849,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń laboratoryjnych i projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08, K_U03, K_U05, K_U20, K_U07, K_U27</w:t>
+        <w:t xml:space="preserve">K_U03, K_U05, K_U07, K_U08, K_U20, K_U27</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, I.P6S_UK, III.P6S_UW.o, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UO, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOE_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie udokumentować przebieg przeprowadzonych badań technologicznych i przeprowadzić optymalizację procesu na podstawie uzyskanych wyniki eksperymentów, wraz z oszacowaniem błędów pomiarów. Umie przedstawić wymagania BHP związane z procesem technologicznym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -919,67 +919,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena sprawozdań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05, K_U11, K_U13, K_U27</w:t>
+        <w:t xml:space="preserve">K_U13, K_U27, K_U01, K_U05, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UO, I.P6S_UU, III.P6S_UW.o, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TOE_K01: </w:t>
       </w:r>
     </w:p>