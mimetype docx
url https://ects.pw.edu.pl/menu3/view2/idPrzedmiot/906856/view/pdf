--- v0 (2025-11-03)
+++ v1 (2025-12-08)
@@ -887,67 +887,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W12, K_W17</w:t>
+        <w:t xml:space="preserve">K_W17, K_W04, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TRI_U01: </w:t>
       </w:r>
     </w:p>