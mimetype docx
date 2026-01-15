--- v1 (2025-12-08)
+++ v2 (2026-01-15)
@@ -887,67 +887,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W17, K_W04, K_W12</w:t>
+        <w:t xml:space="preserve">K_W12, K_W17, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TRI_U01: </w:t>
       </w:r>
     </w:p>