--- v2 (2026-01-15)
+++ v3 (2026-02-28)
@@ -833,51 +833,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TRI_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady działania współczesnych systemów telekomunikacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -887,67 +887,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W12, K_W17, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W12, K_W17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TRI_U01: </w:t>
       </w:r>
     </w:p>