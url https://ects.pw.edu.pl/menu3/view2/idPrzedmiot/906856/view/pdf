--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -833,51 +833,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TRI_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady działania współczesnych systemów telekomunikacyjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -967,67 +967,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U23</w:t>
+        <w:t xml:space="preserve">K_U23, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TRI_K01: </w:t>
       </w:r>
     </w:p>