--- v0 (2026-01-15)
+++ v1 (2026-02-28)
@@ -839,67 +839,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu programistycznego C++ z przetwarzania obrazów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U16, K_U01, K_U04, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U11, K_U16, K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, III.P6S_UW.o, I.P6S_UW.o, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UK, III.P6S_UW.o, I.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WMA1_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać właściwą ścieżkę przetwarzania obrazów cyfrowych i zaprojektować scenę analizy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>