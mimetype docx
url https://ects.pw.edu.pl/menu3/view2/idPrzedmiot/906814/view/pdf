--- v1 (2026-02-28)
+++ v2 (2026-03-22)
@@ -839,67 +839,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu programistycznego C++ z przetwarzania obrazów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U11, K_U16, K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U05, K_U11, K_U16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UK, III.P6S_UW.o, I.P6S_UW.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, I.P6S_UO, I.P6S_UU, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WMA1_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać właściwą ścieżkę przetwarzania obrazów cyfrowych i zaprojektować scenę analizy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>