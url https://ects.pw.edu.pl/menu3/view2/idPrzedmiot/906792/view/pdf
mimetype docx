--- v0 (2025-11-03)
+++ v1 (2025-12-08)
@@ -798,51 +798,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W13, K_W15, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WZUP_Ist_o_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę odnośnie materiałów konstrukcyjnych stosowane w urządzeniach precyzyjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1159,51 +1159,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WZUP_Ist_o_K01: </w:t>
       </w:r>
     </w:p>