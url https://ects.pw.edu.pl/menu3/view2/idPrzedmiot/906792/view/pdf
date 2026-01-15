--- v1 (2025-12-08)
+++ v2 (2026-01-15)
@@ -798,51 +798,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W13, K_W15, K_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WZUP_Ist_o_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma uporządkowaną wiedzę odnośnie materiałów konstrukcyjnych stosowane w urządzeniach precyzyjnych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>