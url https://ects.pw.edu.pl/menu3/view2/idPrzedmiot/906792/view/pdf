--- v3 (2026-02-04)
+++ v4 (2026-02-28)
@@ -868,51 +868,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WZUP_Ist_o_U01: </w:t>
       </w:r>
     </w:p>
@@ -1088,51 +1088,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WZUP_Ist_o_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie sporządzić dokumentację rysunkową projektowanych zespołów 
 z uwzględnieniem technologii ich wytwarzania i montażu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>