--- v4 (2026-02-28)
+++ v5 (2026-03-21)
@@ -932,207 +932,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z ćwiczeń projektowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U14, K_U21</w:t>
+        <w:t xml:space="preserve">K_U21, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka WZUP_Ist_o_U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie dobrać materiały konstrukcyjne na poszczególne części projektowanych zespołów. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Sprawozdania z ćwiczeń projektowych. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka WZUP_Ist_o_U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka WZUP_Ist_o_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie dobrać materiały konstrukcyjne na poszczególne części projektowanych zespołów. </w:t>
+        <w:t xml:space="preserve">Potrafi dobrać technologię wytwarzania części i ich montażu w zależności od wielkości produkcji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawozdania z ćwiczeń projektowych. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U08</w:t>
+        <w:t xml:space="preserve">K_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WZUP_Ist_o_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie sporządzić dokumentację rysunkową projektowanych zespołów 
 z uwzględnieniem technologii ich wytwarzania i montażu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>