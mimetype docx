--- v0 (2025-11-04)
+++ v1 (2025-12-08)
@@ -751,67 +751,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W14, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SPU_W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady budowy programów symulacyjnych w środowisku Matlab/Simulink</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -837,51 +837,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SPU_U_01: </w:t>
       </w:r>
     </w:p>