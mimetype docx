--- v1 (2025-12-08)
+++ v2 (2026-02-28)
@@ -767,121 +767,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SPU_W_02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady budowy programów symulacyjnych w środowisku Matlab/Simulink</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Cwiczenia laboratoryjne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SPU_U_01: </w:t>
       </w:r>
     </w:p>