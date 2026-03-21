--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -767,51 +767,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SPU_W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady budowy programów symulacyjnych w środowisku Matlab/Simulink</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -901,67 +901,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin i ćwiczenia laboratoryjne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SPU_U_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie przedstawić raport dotyczący opracowania, uruchomienia i zastosowania modewlu symulacyjnego układu napędowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>