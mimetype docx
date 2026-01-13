--- v0 (2025-11-02)
+++ v1 (2026-01-13)
@@ -828,51 +828,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywność na zajęciach, Zadanie z efektu podczas kolokwium (zadanie oceniane w skali od
 0 do 5 punktów, wymagane jest uzyskanie co najmniej 2 punktów lub wykorzystanie wiedzy
 ocenianego efektu w wykonywanym zadaniu projektowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W01</w:t>
+        <w:t xml:space="preserve">Tr1A_W01, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>