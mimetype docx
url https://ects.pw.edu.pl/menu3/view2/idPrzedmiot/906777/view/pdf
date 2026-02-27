--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -828,51 +828,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Aktywność na zajęciach, Zadanie z efektu podczas kolokwium (zadanie oceniane w skali od
 0 do 5 punktów, wymagane jest uzyskanie co najmniej 2 punktów lub wykorzystanie wiedzy
 ocenianego efektu w wykonywanym zadaniu projektowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W01, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -999,51 +999,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, III.P6S_UW.1.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.1.o, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>