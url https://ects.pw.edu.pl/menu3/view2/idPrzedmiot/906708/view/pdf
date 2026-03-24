--- v0 (2026-01-12)
+++ v1 (2026-03-24)
@@ -12,778 +12,777 @@
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Nazwa przedmiotu: </w:t>
+        <w:t xml:space="preserve">Name of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Instalacje budowlane</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Koordynator przedmiotu: </w:t>
+        <w:t xml:space="preserve">Coordinator of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">dr inż. Justyna Ciemnicka/ adiunkt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Status przedmiotu: </w:t>
-[...43 lines deleted...]
-        <w:t xml:space="preserve">Program: </w:t>
+        <w:t xml:space="preserve">Type of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Compulsory</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Level of education: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Second cycle studies</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Programme: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Budownictwo</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Grupa przedmiotów: </w:t>
+        <w:t xml:space="preserve">Group of courses: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wspólne dla specjalności (IB)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Kod przedmiotu: </w:t>
+        <w:t xml:space="preserve">Code of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">BIN2A_15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Semestr nominalny: </w:t>
+        <w:t xml:space="preserve">Nominal semester: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2 / rok ak. 2022/2023</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba godzin pracy studenta związanych z osiągnięciem efektów uczenia się: </w:t>
+        <w:t xml:space="preserve">Number of hours of student’s work to achieve learning outcomes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykłady 20h; zapoznanie się ze wskazaną literaturą - 10h; przygotowanie do egzaminu - 20h; 
 Razem 50h = 2 ECTS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Liczba punktów ECTS na zajęciach wymagających bezpośredniego udziału nauczycieli akademickich: </w:t>
+        <w:t xml:space="preserve">Number of ECTS credits on the course with direct participation of academic teacher: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład 20h; Razem 20h = 0,8 ECTS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Język prowadzenia zajęć: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Liczba punktów ECTS, którą student uzyskuje w ramach zajęć o charakterze praktycznym: </w:t>
+        <w:t xml:space="preserve">Language of course: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">polish</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Number of ECTS credits on practical activities on the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">0 ECTS
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Formy zajęć i ich wymiar w semestrze: </w:t>
+        <w:t xml:space="preserve">Form of didactic studies and number of hours per semester: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2200" w:type="dxa"/>
         <w:gridCol w:w="2200" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="2500" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="0" w:color="FFFFFF"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Wykład: </w:t>
+              <w:t xml:space="preserve">Lecture: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">300h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Ćwiczenia: </w:t>
+              <w:t xml:space="preserve">Exercise type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Laboratorium: </w:t>
+              <w:t xml:space="preserve">Laboratory: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Projekt: </w:t>
+              <w:t xml:space="preserve">Project type of course: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="250" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Lekcje komputerowe: </w:t>
+              <w:t xml:space="preserve">Computer lessons: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">0h</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Wymagania wstępne: </w:t>
+        <w:t xml:space="preserve">Preliminary requirements: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ukończenie studiów I stopnia na kierunku Inżynieria środowiska
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Limit liczby studentów: </w:t>
+        <w:t xml:space="preserve">Limit of students: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: min. 15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Cel przedmiotu: </w:t>
+        <w:t xml:space="preserve">Purpose of course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Celem przedmiotu jest ugruntowanie i poszerzenie wiedzy studenta z zakresu instalacji sanitarnych. 
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Treści kształcenia: </w:t>
+        <w:t xml:space="preserve">Contents of education: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W1 - Wiadomości wstępne na temat instalacji wodociągowych i kanalizacyjnych w budynkach,               
 W2 - Nowoczesne instalacje wodociągowe i kanalizacyjne w budynkach,
 W3 - Instalacje kanalizacyjne podciśnieniowe i nadciśnieniowe, przepompownie ścieków,
 W4 - Instalacje wodociągowe wielostrefowe z pompami sterowanymi przetwornikami częstotliwości,
 W5 - Baseny; wymagania, zasady projektowania,
 W6 - Instalacje sanitarne w kuchniach zbiorowego żywienia, 
 W7 - Ochrona przed wtórnym zanieczyszczeniem wody wodociągowej,
 W8 - Instalacje wodociągowe dualne,
 W9 - Nowoczesne rozwiązania instalacji wody ciepłej,    
 W10 - Cykl ""życia"" instalacji budowlanych, ich trwałość i niezawodność działania.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Metody oceny: </w:t>
+        <w:t xml:space="preserve">Methods of evaluation: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie treści wykładów dokonane będzie w formie egzaminu pisemnego.  
 Przy ustalaniu ocen z kolokwium oraz egzaminu stosowana będzie następująca skala przyporządkowana określonej procentowo ilości wiedzy:  5,0 – 91÷100%, 4,5 – 81÷90%, 4,0 – 71÷80%, 3,5 – 61÷70%, 3,0 – 51÷60%, 2,0 – 0÷50%.
 Studenci którzy nie zaliczyli przedmiotu i uzyskali rejestrację na kolejny semestr, powinni zgłosić się do prowadzącego zajęcia na początku następnego semestru celem ustalenia terminu poprawy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Egzamin: </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Literatura: </w:t>
+        <w:t xml:space="preserve">Exam: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">yes</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Literature: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">1. Chudzicki J., Sosnowski S.: Instalacje wodociągowe - projektowanie, wykonanie, eksploatacja, Wyd. Seidel-Przywecki, Warszawa, 2005
 2. Chudzicki J., Sosnowski S.: Instalacje kanalizacyjne - projektowanie, wykonanie, eksploatacja, Wyd. Seidel-Przywecki, Warszawa, 2004
 3. Sosnowski S., Tabernacki J.: Instalacje wodociągowe i kanalizacyjne w budynkach. WPW Warszawa, 1997.
 4. Chudzicki J., Sosnowski S.: Instalacje wodociągowe i kanalizacyjne. Materiały pomocnicze do ćwiczeń. WPW Warszawa, 1999.
 5. Tabernacki J., Sosnowski S., Heidrich Z.: Projektowanie instalacji wodociągowych i kanalizacyjnych. Arkady, Warszawa, 1985.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Witryna www przedmiotu: </w:t>
+        <w:t xml:space="preserve">Website of the course: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Uwagi: </w:t>
+        <w:t xml:space="preserve">Notes: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">-
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc1"/>
       <w:r>
         <w:t>Charakterystyki przedmiotowe</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc2"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - wiedza</w:t>
+        <w:t>General academic profile - knowledge</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma szczegółową wiedzę w zakresie dyscyplin i  kierunków studiów powiązanych z budownictwem, którym jest inżynieria środowiska.                                                                  </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...9 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2A_W02_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -791,70 +790,69 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o trendach rozwojowych z zakresu  nowoczesnych   rozwiązań i technologii stosowanych w instalacjach sanitarnych.  </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...9 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2A_W05_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -862,232 +860,229 @@
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę o trwałości instalacji sanitarnych w budynkach, o trwałości materiałów instalacyjnych, identyfikuje różnice w okresach trwałości różnych elementów składowych.</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...9 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2A_W06_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+        <w:t>General academic profile - skils</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U16_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaproponować usprawnienia istniejących rozwiązań technicznych w wykonawstwie instalacji budowlanych.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...9 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2A_U16_01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
-        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+        <w:t>General academic profile - social competences</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma świadomość ważności i rozumie pozatechniczne aspekty i skutki działalności inżynierskiej, w tym jej wpływu na środowisko i związanej z tym odpowiedzialności za podejmowane decyzje. Rozumie wpływ działalności inżynierskiej na zdrowie użytkowników budynków i ochronę środowiska.</w:t>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Weryfikacja: </w:t>
-[...9 lines deleted...]
-</w:t>
+        <w:t xml:space="preserve">Verification: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">B2A_K02_02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>