--- v0 (2026-01-12)
+++ v1 (2026-02-07)
@@ -1270,51 +1270,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2_W04, M2MCB_W02</w:t>
+        <w:t xml:space="preserve">M2MCB_W02, M2_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>