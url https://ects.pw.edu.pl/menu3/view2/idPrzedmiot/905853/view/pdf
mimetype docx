--- v1 (2026-02-08)
+++ v2 (2026-03-24)
@@ -831,51 +831,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, formułowanie zadań do rozwiązania przez studentów podczas ćwiczeń, pytania sprawdzające i dyskusja podczas zajęć , egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2MNT_W03, M2_W02, M2MNT_W01</w:t>
+        <w:t xml:space="preserve">M2_W02, M2MNT_W01, M2MNT_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1051,51 +1051,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium, formułowanie zadań do rozwiązania przez studentów podczas ćwiczeń, pytania sprawdzające i dyskusja podczas zajęć , egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M2MNT_U01, M2MNT_U02</w:t>
+        <w:t xml:space="preserve">M2MNT_U02, M2MNT_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>