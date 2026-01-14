--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -1044,51 +1044,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wykonanych projektów na laboratorium i prac domowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U02, I2_U03, I2_U04, I2_U05, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04</w:t>
+        <w:t xml:space="preserve">I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04, I2_U02, I2_U03, I2_U04, I2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>