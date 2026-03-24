--- v2 (2026-02-08)
+++ v3 (2026-03-24)
@@ -770,51 +770,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I2_W02, I2CC_W02, I2CC_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna technologie inżynierskie w zakresie grafiki komputerowej, architektury i programowania kart graficznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1044,51 +1044,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena wykonanych projektów na laboratorium i prac domowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I2_U02, I2_U03, I2_U04, I2_U05, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04</w:t>
+        <w:t xml:space="preserve">I2_U05, I2CC_U06, I2CC_U02, I2CC_U03, I2CC_U04, I2_U02, I2_U03, I2_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>