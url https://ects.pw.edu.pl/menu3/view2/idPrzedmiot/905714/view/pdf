--- v0 (2026-01-13)
+++ v1 (2026-01-15)
@@ -766,67 +766,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W16, MAD1_W18</w:t>
+        <w:t xml:space="preserve">MAD1_W18, MAD1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1, I.P6S_WK, II.X.P6S_WG.2</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.X.P6S_WG.1, II.X.P6S_WG.2, I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe pojęcia i twierdzenia teorii estymacji (nieobciążoność, efektywność, zgodność, nierówność Cramera-Rao) oraz metody konstruowania estymatorów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -836,67 +836,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W18, MAD1_W20, MAD1_W21, MAD1_W14, MAD1_W16, MAD1_W17</w:t>
+        <w:t xml:space="preserve">MAD1_W14, MAD1_W16, MAD1_W17, MAD1_W18, MAD1_W20, MAD1_W21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, I.P6S_WG, II.X.P6S_WG.1, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.X.P6S_WG.2, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe pojęcia i twierdzenia teorii weryfikacji hipotez (lemat Neymana-Pearsona, twierdzenie Karlina-Rubina).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -906,67 +906,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W14, MAD1_W16, MAD1_W17, MAD1_W18, MAD1_W20, MAD1_W21</w:t>
+        <w:t xml:space="preserve">MAD1_W17, MAD1_W18, MAD1_W20, MAD1_W21, MAD1_W14, MAD1_W16</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.X.P6S_WG.2, II.X.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.X.P6S_WG.2, I.P6S_WG, I.P6S_WK, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -986,67 +986,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U18, MAD1_U15</w:t>
+        <w:t xml:space="preserve">MAD1_U15, MAD1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.X.P6S_UW.2, II.X.P6S_UW.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie konstruować estymatory oraz oceniać ich jakość (nieobciążoność, efektywność i zgodność).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1056,207 +1056,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MAD1_U18, MAD1_U19, MAD1_U05, MAD1_U15, MAD1_U16</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi konstruować i wyznaczać przedziały ufności dla podstawowych parametrów rozkładu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MAD1_U05, MAD1_U15, MAD1_U16, MAD1_U18, MAD1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi konstruować i wyznaczać przedziały ufności dla podstawowych parametrów rozkładu.</w:t>
+        <w:t xml:space="preserve">Potrafi weryfikować hipotezy dotyczące podstawowych parametrów rozkładu, zgodności oraz niezależności. Umie konstruować testy jednostajnie najmocniejsze</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U18, MAD1_U19, MAD1_U05, MAD1_U15, MAD1_U16</w:t>
+        <w:t xml:space="preserve">MAD1_U16, MAD1_U18, MAD1_U19, MAD1_U05, MAD1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK, I.P6S_UO</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>