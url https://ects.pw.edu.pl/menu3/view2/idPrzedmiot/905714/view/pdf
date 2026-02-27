--- v1 (2026-01-15)
+++ v2 (2026-02-27)
@@ -766,67 +766,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W18, MAD1_W16</w:t>
+        <w:t xml:space="preserve">MAD1_W16, MAD1_W18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.X.P6S_WG.1, II.X.P6S_WG.2, I.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.1, I.P6S_WK, II.X.P6S_WG.2</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe pojęcia i twierdzenia teorii estymacji (nieobciążoność, efektywność, zgodność, nierówność Cramera-Rao) oraz metody konstruowania estymatorów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -906,67 +906,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W17, MAD1_W18, MAD1_W20, MAD1_W21, MAD1_W14, MAD1_W16</w:t>
+        <w:t xml:space="preserve">MAD1_W14, MAD1_W16, MAD1_W17, MAD1_W18, MAD1_W20, MAD1_W21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_WG.2, I.P6S_WG, I.P6S_WK, II.X.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.X.P6S_WG.2, I.P6S_WG, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1056,67 +1056,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U18, MAD1_U19, MAD1_U05, MAD1_U15, MAD1_U16</w:t>
+        <w:t xml:space="preserve">MAD1_U15, MAD1_U16, MAD1_U18, MAD1_U19, MAD1_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.X.P6S_UW.2, I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi konstruować i wyznaczać przedziały ufności dla podstawowych parametrów rozkładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1196,67 +1196,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U16, MAD1_U18, MAD1_U19, MAD1_U05, MAD1_U15</w:t>
+        <w:t xml:space="preserve">MAD1_U05, MAD1_U15, MAD1_U16, MAD1_U18, MAD1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>