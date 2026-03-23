--- v2 (2026-02-27)
+++ v3 (2026-03-23)
@@ -836,427 +836,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">MAD1_W18, MAD1_W20, MAD1_W21, MAD1_W14, MAD1_W16, MAD1_W17</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, II.X.P6S_WG.1, II.X.P6S_WG.2, I.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia i twierdzenia teorii weryfikacji hipotez (lemat Neymana-Pearsona, twierdzenie Karlina-Rubina).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">MAD1_W14, MAD1_W16, MAD1_W17, MAD1_W18, MAD1_W20, MAD1_W21</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.X.P6S_WG.2, II.X.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia i twierdzenia teorii weryfikacji hipotez (lemat Neymana-Pearsona, twierdzenie Karlina-Rubina).</w:t>
+        <w:t xml:space="preserve">Potrafi przeprowadzić wstępną analizę danych z wykorzystaniem właściwych metod analitycznych i graficznych oraz interpretować otrzymane wyniki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_W14, MAD1_W16, MAD1_W17, MAD1_W18, MAD1_W20, MAD1_W21</w:t>
+        <w:t xml:space="preserve">MAD1_U15, MAD1_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.X.P6S_WG.2, I.P6S_WG, II.X.P6S_WG.1</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UO, II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić wstępną analizę danych z wykorzystaniem właściwych metod analitycznych i graficznych oraz interpretować otrzymane wyniki.</w:t>
+        <w:t xml:space="preserve">Umie konstruować estymatory oraz oceniać ich jakość (nieobciążoność, efektywność i zgodność).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U15, MAD1_U18</w:t>
+        <w:t xml:space="preserve">MAD1_U05, MAD1_U15, MAD1_U16, MAD1_U18, MAD1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, II.X.P6S_UW.2, II.X.P6S_UW.1.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie konstruować estymatory oraz oceniać ich jakość (nieobciążoność, efektywność i zgodność).</w:t>
+        <w:t xml:space="preserve">Potrafi konstruować i wyznaczać przedziały ufności dla podstawowych parametrów rozkładu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">MAD1_U15, MAD1_U16, MAD1_U18, MAD1_U19, MAD1_U05</w:t>
+        <w:t xml:space="preserve">MAD1_U16, MAD1_U18, MAD1_U19, MAD1_U05, MAD1_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, II.X.P6S_UW.2, I.P6S_UW, II.X.P6S_UW.1.o, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UK, I.P6S_UO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi konstruować i wyznaczać przedziały ufności dla podstawowych parametrów rozkładu.</w:t>
+        <w:t xml:space="preserve">Potrafi weryfikować hipotezy dotyczące podstawowych parametrów rozkładu, zgodności oraz niezależności. Umie konstruować testy jednostajnie najmocniejsze</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, kolokwia i kartkówki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">MAD1_U05, MAD1_U15, MAD1_U16, MAD1_U18, MAD1_U19</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UO</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK, II.X.P6S_UW.1.o, II.X.P6S_UW.2, I.P6S_UW, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>