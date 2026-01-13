--- v0 (2026-01-12)
+++ v1 (2026-01-13)
@@ -1279,51 +1279,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin – część teoretyczna, kartkówki na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W22, M1_W23, M1_W25</w:t>
+        <w:t xml:space="preserve">M1_W23, M1_W25, M1_W22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1849,51 +1849,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin – część zadaniowa, kolokwia na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_U23, M1_U21</w:t>
+        <w:t xml:space="preserve">M1_U21, M1_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>