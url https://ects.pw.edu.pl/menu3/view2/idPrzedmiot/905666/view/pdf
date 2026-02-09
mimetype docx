--- v1 (2026-01-13)
+++ v2 (2026-02-09)
@@ -859,51 +859,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kartkówki, rozwiązywanie zadań przy tablicy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W06, M1_W22</w:t>
+        <w:t xml:space="preserve">M1_W22, M1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1279,51 +1279,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin – część teoretyczna, kartkówki na ćwiczeniach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">M1_W23, M1_W25, M1_W22</w:t>
+        <w:t xml:space="preserve">M1_W22, M1_W23, M1_W25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>