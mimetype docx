--- v2 (2026-02-09)
+++ v3 (2026-03-24)
@@ -789,121 +789,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin, kartkówki, rozwiązywanie zadań przy tablicy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">M1_W22, M1_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka RP_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna pojęcie zmiennej losowej, wektora losowego, wartości oczekiwanej, wariancji i wyższych momentów zmiennych losowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, kartkówki, rozwiązywanie zadań przy tablicy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">M1_W06, M1_W22</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">M1_W22, M1_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>