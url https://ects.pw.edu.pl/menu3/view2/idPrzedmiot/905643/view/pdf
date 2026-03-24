--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -822,51 +822,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">weryfikacja projektu przez promotora, sprawdzenie części pisemnej, ocena źródeł informacji wykorzystywanych w pracy dyplomowej, ocena terminowości i samodzielności przygotowywanych fragmentów pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_W13, DS_W11, DS_W12</w:t>
+        <w:t xml:space="preserve">DS_W11, DS_W12, DS_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1112,67 +1112,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">weryfikacja projektu przez promotora, sprawdzenie części pisemnej, ocena źródeł informacji wykorzystywanych w pracy dyplomowej, ocena terminowości i samodzielności przygotowywanych fragmentów pracy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">DS_U01, DS_U13, DS_U23, DS_U28, DS_U29</w:t>
+        <w:t xml:space="preserve">DS_U28, DS_U29, DS_U01, DS_U13, DS_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UO, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UW, I.P6S_UU, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi – zgodnie z zadaną specyfikacją – zaprojektować oraz zrealizować prosty system informatyczny, używając właściwych metod, technik i narzędzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>