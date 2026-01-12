--- v0 (2025-10-12)
+++ v1 (2026-01-12)
@@ -1056,51 +1056,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach, sprawdzian pisemny,
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U04, K_U09, K_U11</w:t>
+        <w:t xml:space="preserve">K_U11, K_U01, K_U02, K_U04, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>