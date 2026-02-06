--- v1 (2026-01-12)
+++ v2 (2026-02-06)
@@ -1056,51 +1056,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach, sprawdzian pisemny,
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U01, K_U02, K_U04, K_U09</w:t>
+        <w:t xml:space="preserve">K_U04, K_U09, K_U11, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>