--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -985,51 +985,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach, sprawdzian pisemny, ocena rozwiązania problemu w ramach laboratorium
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U02, K_U04, K_U05, K_U08, K_U14</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U08, K_U14, K_U01, K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1056,51 +1056,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach, sprawdzian pisemny,
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U09, K_U11, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U11, K_U01, K_U02, K_U04, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>