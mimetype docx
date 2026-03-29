--- v3 (2026-02-27)
+++ v4 (2026-03-29)
@@ -834,51 +834,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach, sprawdzian pisemny
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -985,51 +985,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach, sprawdzian pisemny, ocena rozwiązania problemu w ramach laboratorium
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U05, K_U08, K_U14, K_U01, K_U02</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U04, K_U05, K_U08, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1056,51 +1056,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach, sprawdzian pisemny,
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U01, K_U02, K_U04, K_U09</w:t>
+        <w:t xml:space="preserve">K_U01, K_U02, K_U04, K_U09, K_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>