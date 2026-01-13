--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -759,167 +759,237 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach, sprawdzian pisemny, egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W10, K_W12, K_W04, K_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia lingwistyki matematycznej: gramatyki i ich klasy (regularne, bezkontekstowe, kontekstowe, nieograniczone), języki formalne, hierarchia Chomsky'ego języków (regularne, bezkontekstowe, kontekstowe, rekurencyjnie przeliczalne).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">aktywny udział w ćwiczeniach, sprawdzian pisemny, egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W07, K_W10, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia lingwistyki matematycznej: gramatyki i ich klasy (regularne, bezkontekstowe, kontekstowe, nieograniczone), języki formalne, hierarchia Chomsky'ego języków (regularne, bezkontekstowe, kontekstowe, rekurencyjnie przeliczalne).</w:t>
+        <w:t xml:space="preserve">Potrafi określić przynależność prostych języków do klas hierarchii Chomsky'ego, konstruować automaty odpowiednich klas akceptujące oraz konstruować gramatyki odpowiednich klas generujące proste języki z klas tej hierarchii.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">aktywny udział w ćwiczeniach, sprawdzian pisemny, egzamin ustny</w:t>
+        <w:t xml:space="preserve">aktywny udział w ćwiczeniach i laboratoriach, sprawdzian pisemny, egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W07, K_W10, K_W12</w:t>
+        <w:t xml:space="preserve">K_U01, K_U04, K_U09, K_U11, K_U14, K_U23</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="Heading3"/>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi określić przynależność prostych języków do klas hierarchii Chomsky'ego, konstruować automaty odpowiednich klas akceptujące oraz konstruować gramatyki odpowiednich klas generujące proste języki z klas tej hierarchii.</w:t>
+        <w:t xml:space="preserve">Potrafi wskazać i uzasadnić zależności między klasami automatów, gramatyk i języków.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach i laboratoriach, sprawdzian pisemny, egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -938,162 +1008,92 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wskazać i uzasadnić zależności między klasami automatów, gramatyk i języków.</w:t>
+        <w:t xml:space="preserve">Potrafi stosować metody teorii automatów i lingwistyki matematycznej do opisu syntaktycznego prostych problemów i struktur wiedzy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach i laboratoriach, sprawdzian pisemny, egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U04, K_U09, K_U11, K_U14, K_U23</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">K_U09, K_U11, K_U14, K_U23, K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>