--- v1 (2026-01-13)
+++ v2 (2026-02-06)
@@ -759,51 +759,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach, sprawdzian pisemny, egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W12, K_W04, K_W07</w:t>
+        <w:t xml:space="preserve">K_W04, K_W07, K_W10, K_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -909,51 +909,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">aktywny udział w ćwiczeniach i laboratoriach, sprawdzian pisemny, egzamin pisemny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U09, K_U11, K_U14, K_U23</w:t>
+        <w:t xml:space="preserve">K_U11, K_U14, K_U23, K_U01, K_U04, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>