--- v0 (2026-01-13)
+++ v1 (2026-01-14)
@@ -772,51 +772,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną wiedzę oraz zna i rozumie zasady przygotowania prognoz ruchowych na potrzeby analizy ruchowo-przewozowych dla wybranej inwestycji w transporcie kolejowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -906,67 +906,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport pisemny oceniany na podstawie przyznawania punktów. Aby osiągnąć dany efekt kształcenia, należy zdobyć co najmniej 51% punktów możliwych do uzyskania w odniesieniu do tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U11</w:t>
+        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie przygotować prognozy ruchowe na potrzeby analizy ruchowo-przewozowej dla wybranej inwestycji w transporcie kolejowym dla różnych wariantów z wykorzystaniem modelu ruchu opracowanego w programie VISUM.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>