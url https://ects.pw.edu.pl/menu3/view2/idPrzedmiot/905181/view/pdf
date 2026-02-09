--- v1 (2026-01-14)
+++ v2 (2026-02-09)
@@ -906,67 +906,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Raport pisemny oceniany na podstawie przyznawania punktów. Aby osiągnąć dany efekt kształcenia, należy zdobyć co najmniej 51% punktów możliwych do uzyskania w odniesieniu do tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U20</w:t>
+        <w:t xml:space="preserve">Tr1A_U20, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi samodzielnie przygotować prognozy ruchowe na potrzeby analizy ruchowo-przewozowej dla wybranej inwestycji w transporcie kolejowym dla różnych wariantów z wykorzystaniem modelu ruchu opracowanego w programie VISUM.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -992,51 +992,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U20, Tr1A_U11, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>