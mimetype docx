--- v0 (2025-12-06)
+++ v1 (2026-01-10)
@@ -965,67 +965,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zajęcia projektowe, samodzielna realizacja pracy projektowej, wymagane jest skonstruowanie rozkładu jazdy pociągów dla co najmniej jednej kategorii pociągów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U24, Tr1A_U20</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U20, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi samodzielnie dokonywać oceny planowania ruchu kolejowego z wykorzystaniem różnych narzędzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>