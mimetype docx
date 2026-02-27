--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -981,51 +981,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U24, Tr1A_U20, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Absolwent potrafi samodzielnie dokonywać oceny planowania ruchu kolejowego z wykorzystaniem różnych narzędzi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>