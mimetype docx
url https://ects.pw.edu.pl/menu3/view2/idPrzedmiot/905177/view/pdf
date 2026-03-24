--- v0 (2026-02-08)
+++ v1 (2026-03-24)
@@ -828,67 +828,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test pisemny, 6 pytań otwartych, na zaliczenie wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 3 z tych pytań
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W12, Tr1A_W10, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W09, Tr1A_W13, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, I.P6S_WK, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę w zakresie wpływu transportu kolejowego na klimat (emisję CO2) oraz zachowanie się zwierząt i ptaków. 	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -915,51 +915,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W13, Tr1A_W12, Tr1A_W10, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student ma wiedzę o dotychczas stosowanych działaniach zaradczych dotyczących pojazdów szynowych oraz infrastruktury kolejowej, które mają na celu ograniczenie szkodliwego wpływu kolei na środowisko.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1051,67 +1051,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie pracy pisemnej (w grupach 2-3 osobowych) dotyczącej wpływu wybranego czynnika, związanego z transportem kolejowym, na środowisko. Zaliczenie ćwiczeń na podstawie średniej arytmetycznej ocen z:  pracy, prezentacji przygotowanej pracy oraz aktywnego uczestnictwa w zajęciach.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U06, Tr1A_U05</w:t>
+        <w:t xml:space="preserve">Tr1A_U05, Tr1A_U18, Tr1A_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi określić wpływ transportu kolejowego na klimat (emisję CO2) oraz zachowanie się zwierząt i ptaków. 	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1122,67 +1122,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Przygotowanie pracy pisemnej (w grupach 2-3 osobowych) dotyczącej wpływu wybranego czynnika, związanego z transportem kolejowym, na środowisko. Zaliczenie ćwiczeń na podstawie średniej arytmetycznej ocen z:  pracy, prezentacji przygotowanej pracy oraz aktywnego uczestnictwa w zajęciach.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U05, Tr1A_U18</w:t>
+        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U06, Tr1A_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UO, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UU, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student potrafi określić działania zaradcze dotyczące pojazdów szynowych oraz infrastruktury kolejowej, mające na celu ograniczenie szkodliwego wpływu kolei na środowisko. 	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>