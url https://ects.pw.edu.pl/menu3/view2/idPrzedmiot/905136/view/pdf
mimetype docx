--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -824,67 +824,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: Kolokwium pisemne w postaci pytań otwartych lub testu jednokrotnego wyboru. W obu przypadkach wymagane jest udzielenie prawidłowej odpowiedzi na co najmniej 51% pytań, aby uzyskać ocenę pozytywną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W08, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę dotyczącą tendencji rozwojowych zrównoważonego transportu oraz celów polityki transportowej w Polsce oraz w Unii Europejskiej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1140,51 +1140,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada świadomość w zakresie istotności skutków działalności inżyniera transportu i jego wpływu na środowisko, a także świadomość odpowiedzialności za podejmowane decyzje. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>