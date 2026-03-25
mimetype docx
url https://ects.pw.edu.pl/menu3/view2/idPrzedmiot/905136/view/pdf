--- v1 (2026-02-27)
+++ v2 (2026-03-25)
@@ -840,351 +840,351 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę dotyczącą tendencji rozwojowych zrównoważonego transportu oraz celów polityki transportowej w Polsce oraz w Unii Europejskiej. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład: Kolokwium pisemne w postaci pytań otwartych lub testu jednokrotnego wyboru. W obu przypadkach wymagane jest udzielenie prawidłowej odpowiedzi na co najmniej 51% pytań, aby uzyskać ocenę pozytywną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W13, Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę dotyczącą tendencji rozwojowych zrównoważonego transportu oraz celów polityki transportowej w Polsce oraz w Unii Europejskiej. </w:t>
+        <w:t xml:space="preserve">Potrafi rozpoznać i scharakteryzować proekologiczne typy środków transportu, posiada umiejętność przypisania pojazdów do poszczególnych klasyfikacji zgodnie z zasadami zrównoważonego rozwoju, potrafi identyfikować przeznaczenie danego środka transportu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: Kolokwium pisemne w postaci pytań otwartych lub testu jednokrotnego wyboru. W obu przypadkach wymagane jest udzielenie prawidłowej odpowiedzi na co najmniej 51% pytań, aby uzyskać ocenę pozytywną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U20, Tr1A_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada umiejętność identyfikowania uwarunkowań niezbędnych dla sprawnej organizacji procesów przewozowych, potrafi identyfikować przeznaczenie danego środka transportu zgodnie z zasadami zrównoważonego transportu. Jest gotowy do klasyfikowania środków transportu, infrastruktury oraz procesów przewozowych pod kątem ich zgodności z zasadą zrównoważonego rozwoju, potrafi wykonać ocenę efektywności funkcjonowania systemów przewozowych.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład: Kolokwium pisemne w postaci pytań otwartych lub testu jednokrotnego wyboru. W obu przypadkach wymagane jest udzielenie prawidłowej odpowiedzi na co najmniej 51% pytań, aby uzyskać ocenę pozytywną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U20, Tr1A_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka KS01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi rozpoznać i scharakteryzować proekologiczne typy środków transportu, posiada umiejętność przypisania pojazdów do poszczególnych klasyfikacji zgodnie z zasadami zrównoważonego rozwoju, potrafi identyfikować przeznaczenie danego środka transportu. </w:t>
+        <w:t xml:space="preserve">Ma świadomość konieczności ustawicznego uczenia się.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: Kolokwium pisemne w postaci pytań otwartych lub testu jednokrotnego wyboru. W obu przypadkach wymagane jest udzielenie prawidłowej odpowiedzi na co najmniej 51% pytań, aby uzyskać ocenę pozytywną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U20, Tr1A_U22</w:t>
+        <w:t xml:space="preserve">Tr1A_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Student posiada świadomość w zakresie istotności skutków działalności inżyniera transportu i jego wpływu na środowisko, a także świadomość odpowiedzialności za podejmowane decyzje. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>