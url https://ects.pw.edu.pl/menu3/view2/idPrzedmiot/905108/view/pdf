--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -839,67 +839,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – egzamin, forma pisemna, laboratoria – 3 kolokwia w formie pisemnej i sprawozdania na
 ocenę. Ocena pozytywna, poprawna odpowiedź na minimum na 50 % pytań związanych z efektem.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U18, Tr1A_U22, Tr1A_U25</w:t>
+        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U09, Tr1A_U18, Tr1A_U22</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS01: </w:t>
       </w:r>
     </w:p>
@@ -919,51 +919,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Udział w dyskusji na zajęciach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_K02, Tr1A_K01</w:t>
+        <w:t xml:space="preserve">Tr1A_K01, Tr1A_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>