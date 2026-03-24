--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -757,67 +757,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – egzamin, forma pisemna, laboratoria – 3 kolokwia w formie pisemnej i sprawozdania na
 ocenę. Ocena pozytywna, poprawna odpowiedź na minimum na 50 % pytań związanych z efektem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W09, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W07, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, I.P6S_WK, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -839,67 +839,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – egzamin, forma pisemna, laboratoria – 3 kolokwia w formie pisemnej i sprawozdania na
 ocenę. Ocena pozytywna, poprawna odpowiedź na minimum na 50 % pytań związanych z efektem.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U25, Tr1A_U09, Tr1A_U18, Tr1A_U22</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U18, Tr1A_U22, Tr1A_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka KS01: </w:t>
       </w:r>
     </w:p>