--- v0 (2025-10-10)
+++ v1 (2026-01-14)
@@ -813,67 +813,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Część pytań na kolokwium z wykładu, wymagane jest udzielenie pełnych odpowiedzi na nie mniej niż połowę z pytań dotyczących tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W13, Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -909,175 +909,175 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U11, Tr1A_U14, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi przeprowadzić optymalizację zapasów zabezpieczających i zapasów cyklicznych, w tym także dla grup zapasów oraz dla zapasów rozproszonych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium z ćwiczeń, jedno lub dwa zadania rachunkowe, wymagane jest poprawne zapisanie właściwych wzorów oraz uzyskanie przynajmniej 51% punktów z tych zadań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U14, Tr1A_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi przeprowadzić optymalizację zapasów zabezpieczających i zapasów cyklicznych, w tym także dla grup zapasów oraz dla zapasów rozproszonych.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczać zapotrzebowanie zależne oraz planować zaopatrzenie przy uwzględnieniu systemów zamawiania opartych na poziomie informacyjnym oraz systemów zamawiania opartych na przeglądzie okresowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z ćwiczeń, jedno lub dwa zadania rachunkowe, wymagane jest poprawne zapisanie właściwych wzorów oraz uzyskanie przynajmniej 51% punktów z tych zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U14, Tr1A_U18</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>