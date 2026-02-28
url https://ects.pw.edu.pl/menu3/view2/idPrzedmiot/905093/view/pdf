--- v1 (2026-01-14)
+++ v2 (2026-02-28)
@@ -909,51 +909,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U11, Tr1A_U14, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi przeprowadzić optymalizację zapasów zabezpieczających i zapasów cyklicznych, w tym także dla grup zapasów oraz dla zapasów rozproszonych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1033,51 +1033,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z ćwiczeń, jedno lub dwa zadania rachunkowe, wymagane jest poprawne zapisanie właściwych wzorów oraz uzyskanie przynajmniej 51% punktów z tych zadań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U11</w:t>
+        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>