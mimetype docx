--- v0 (2025-10-12)
+++ v1 (2026-02-27)
@@ -816,217 +816,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład: egzamin pisemny, 2 pytania otwarte, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 1 z tych pytań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie organizacji procesu spedycyjnego oraz wypełniania dokumentacji spedycyjnej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład: egzamin pisemny, 1 pytanie otwarte, wymagane jest udzielenie odpowiedzi na pytanie przynajmniej w połowie poprawnie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie organizacji procesu spedycyjnego oraz wypełniania dokumentacji spedycyjnej</w:t>
+        <w:t xml:space="preserve">Posiada umiejętności organizowania procesu transportowego z uwzględnieniem rodzaju ładunków. Posiada umiejętności doboru środków pracy do stosowanej technologii transportowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykład: egzamin pisemny, 1 pytanie otwarte, wymagane jest udzielenie odpowiedzi na pytanie przynajmniej w połowie poprawnie. </w:t>
+        <w:t xml:space="preserve">Projekt: Wykonanie kompletnego zadania projektowego. Ustna obrona projektu. Podanie prawidłowych odpowiedzi na przynajmniej połowę zadanych pytań do projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_U04, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętności wypełniania dokumentacji transportowej towarzyszącej przesyłce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>