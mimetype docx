--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -762,121 +762,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie uwarunkowań prawny organizacji procesu spedycyjnego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład: egzamin pisemny, 2 pytania otwarte, wymagane jest udzielenie pełnych odpowiedzi na przynajmniej 1 z tych pytań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma podstawową wiedzę w zakresie organizacji procesu spedycyjnego oraz wypełniania dokumentacji spedycyjnej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>