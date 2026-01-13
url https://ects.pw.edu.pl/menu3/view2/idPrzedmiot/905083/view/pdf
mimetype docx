--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -1034,67 +1034,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: pierwsze lub drugie kolokwium pisemne lub ustne dotyczące wybranych zagadnień teoretycznych z zakresu towaroznawstwa i bezpieczeństwa towaru w transporcie, zawierające po 4pytania otwarte (w celu  uzyskania oceny pozytywnej wymagana jest odpowiedź w co najmniej 50% na pytania); ocena podsumowująca - ocena z pierwszego i drugiego kolokwium pisemnego lub ustnego lub ocena z egzaminu pisemnego lub ustnego zawierającego 8 pytań otwartych dotyczących wybranych zagadnień teoretycznych z zakresu zdefiniowanego efektu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U01, Tr1A_U06</w:t>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>