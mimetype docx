--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -1050,51 +1050,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U06, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>