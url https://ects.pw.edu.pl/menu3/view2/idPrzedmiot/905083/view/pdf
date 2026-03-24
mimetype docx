--- v2 (2026-02-28)
+++ v3 (2026-03-24)
@@ -963,67 +963,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: pierwsze lub drugie kolokwium pisemne lub ustne dotyczące wybranych zagadnień teoretycznych z towaroznawstwa i bezpieczeństwa towaru w transporcie, zawierające po 4 pytania otwarte (w celu uzyskania oceny pozytywnej wymagana jest odpowiedź w co najmniej 50% na pytania); ocena podsumowująca - ocena z pierwszego i drugiego kolokwium pisemnego lub ustnego lub egzamin pisemny lub ustny zawierający 8 pytań otwartych dotyczących wybranych zagadnień teoretycznych z zakresu zdefiniowanego efektu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U15, Tr1A_U09</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pozyskiwać informacje z literatury, baz danych oraz innych wiarygodnych źródeł dotyczące problemów bezpieczeństwa ładunków w transporcie drogowym.	</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1050,51 +1050,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U06, Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UU, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>