--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -917,51 +917,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność przedstawiania schematycznego układów silnika i prezentowania charakterystyk silnika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1057,51 +1057,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U22, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi pracować w grupie, przyjmując w niej różne role.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>