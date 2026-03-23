--- v1 (2026-02-27)
+++ v2 (2026-03-23)
@@ -767,201 +767,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, I.P6S_WK, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę o budowie i funkcjonowaniu układów silnika. Zna charakterystyki silników trakcyjnych oraz podstawowe metody ich badań empirycznych. Ma wiedzę o przyczynach zanieczyszczenia środowiska przez pojazdy samocho-dowe i możliwości jego ograniczenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Odbycie i zaliczenie ustne lub pisemne każdego ćwiczenia (udzielenie przynajmniej 51% odpowiedzi na kilka pytań do każdego tematu) oraz wykonanie i zaliczenie sprawozdania z każdego ćwiczenia przez zespół wykonujący ćwiczenie. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę o budowie i funkcjonowaniu układów silnika. Zna charakterystyki silników trakcyjnych oraz podstawowe metody ich badań empirycznych. Ma wiedzę o przyczynach zanieczyszczenia środowiska przez pojazdy samocho-dowe i możliwości jego ograniczenia.</w:t>
+        <w:t xml:space="preserve">Potrafi pozyskać informacje z literatury dotyczące silników trakcyjnych (napęd spalinowy, elektryczny, hybrydowy).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Odbycie i zaliczenie ustne lub pisemne każdego ćwiczenia (udzielenie przynajmniej 51% odpowiedzi na kilka pytań do każdego tematu) oraz wykonanie i zaliczenie sprawozdania z każdego ćwiczenia przez zespół wykonujący ćwiczenie. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada umiejętność przedstawiania schematycznego układów silnika i prezentowania charakterystyk silnika.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>