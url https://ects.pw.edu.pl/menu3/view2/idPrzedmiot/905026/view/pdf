--- v0 (2026-01-14)
+++ v1 (2026-02-07)
@@ -751,67 +751,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu. 
 Wykonanie semestralnego projektu dla przyjętych danych wstępnych pojazdu i nawierzchni drogi. Potwierdzenie (w rozmowie z prowadzącym zajęcia projektowe) znajomości zagadnień, których dotyczą obliczenia oraz samodzielności wykonanych zadań. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna stosowane modele oddziaływania koło ogumione – droga oraz modele oddziaływania kierowca - pojazd. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>