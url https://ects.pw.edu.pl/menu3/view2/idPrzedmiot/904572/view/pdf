--- v0 (2025-10-30)
+++ v1 (2026-03-01)
@@ -1329,51 +1329,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi formułować i prezentować wyniki swojej pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>