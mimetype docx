--- v1 (2026-03-01)
+++ v2 (2026-03-22)
@@ -1109,51 +1109,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi korzystać z obcojęzycznej literatury fachowej wykorzystując umiejętności językowe w zakresie budownictwa zgodne z wymaganiami określonymi na poziomie B2+ Europejskiego Systemu Opisu Kształcenia Językowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1329,51 +1329,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi formułować i prezentować wyniki swojej pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>