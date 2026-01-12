--- v0 (2025-10-31)
+++ v1 (2026-01-12)
@@ -769,157 +769,227 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03, K2_W02, K2_W01</w:t>
+        <w:t xml:space="preserve">K2_W01, K2_W03, K2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konstrukcji cięgnowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy konstrukcji cięgnowych</w:t>
+        <w:t xml:space="preserve">Rozumie sformułowania opisujące pracę sprężystą prętów cienkościennych, także w zakresie zwichrzenia i wyboczenia giętno-skrętnego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03</w:t>
+        <w:t xml:space="preserve">K2_W01, K2_W03, K2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie sformułowania opisujące pracę sprężystą prętów cienkościennych, także w zakresie zwichrzenia i wyboczenia giętno-skrętnego.</w:t>
+        <w:t xml:space="preserve">Zna cechy współpracy konstrukcji z podłożem w zakresie wymuszeń kinematycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -930,266 +1000,196 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W01, K2_W03, K2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna cechy współpracy konstrukcji z podłożem w zakresie wymuszeń kinematycznych.</w:t>
+        <w:t xml:space="preserve">Umie wybrać metodę analityczną lub komputerową do analizy konstrukcji inżynierskiej. Potrafi sformułować zagadnienie początkowe belki z wymuszeniem dynamicznym. Potrafi identyfikować oddziaływania dynamiczne na konstrukcję.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W01, K2_W03, K2_W02</w:t>
+        <w:t xml:space="preserve">K2_U01, K2_U02, K2_U04, K2_U06, K2_U17_MBP, K2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Umie wybrać metodę analityczną lub komputerową do analizy konstrukcji inżynierskiej. Potrafi sformułować zagadnienie początkowe belki z wymuszeniem dynamicznym. Potrafi identyfikować oddziaływania dynamiczne na konstrukcję.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć siły wewnętrzne i przemieszczenia w konstrukcji prętowej przestrzennej - ruszcie o węzłach sztywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny i ustny.</w:t>
+        <w:t xml:space="preserve">przygotowanie i obrona pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U12, K2_U01, K2_U02, K2_U04, K2_U06, K2_U17_MBP</w:t>
+        <w:t xml:space="preserve">K2_U02, K2_U12, K2_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, I.P7S_UO</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczać charakterystyki geometryczne profili cienkościennych Potrafi wyznaczyć siłę krytyczną i obciążenie powodujące zwichrzenie pręta o profilu cienkościennym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>