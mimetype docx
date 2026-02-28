--- v1 (2026-01-12)
+++ v2 (2026-02-28)
@@ -769,411 +769,411 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K2_W02, K2_W01, K2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawy konstrukcji cięgnowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie sformułowania opisujące pracę sprężystą prętów cienkościennych, także w zakresie zwichrzenia i wyboczenia giętno-skrętnego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin pisemny i ustny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K2_W01, K2_W03, K2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy konstrukcji cięgnowych</w:t>
+        <w:t xml:space="preserve">Zna cechy współpracy konstrukcji z podłożem w zakresie wymuszeń kinematycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W03</w:t>
+        <w:t xml:space="preserve">K2_W01, K2_W03, K2_W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie sformułowania opisujące pracę sprężystą prętów cienkościennych, także w zakresie zwichrzenia i wyboczenia giętno-skrętnego.</w:t>
+        <w:t xml:space="preserve">Umie wybrać metodę analityczną lub komputerową do analizy konstrukcji inżynierskiej. Potrafi sformułować zagadnienie początkowe belki z wymuszeniem dynamicznym. Potrafi identyfikować oddziaływania dynamiczne na konstrukcję.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W01, K2_W03, K2_W02</w:t>
+        <w:t xml:space="preserve">K2_U01, K2_U02, K2_U04, K2_U06, K2_U17_MBP, K2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UO, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna cechy współpracy konstrukcji z podłożem w zakresie wymuszeń kinematycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi wyznaczyć siły wewnętrzne i przemieszczenia w konstrukcji prętowej przestrzennej - ruszcie o węzłach sztywnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin pisemny i ustny.</w:t>
+        <w:t xml:space="preserve">przygotowanie i obrona pracy domowej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W01, K2_W03, K2_W02</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">K2_U02, K2_U12, K2_U01</w:t>
+        <w:t xml:space="preserve">K2_U01, K2_U02, K2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>