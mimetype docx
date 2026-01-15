--- v0 (2026-01-13)
+++ v1 (2026-01-15)
@@ -745,51 +745,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin i sporządzenie projektu wybranego obiektu infrastruktury.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W07, K2_W08, K2_W09, K2_W10, K2_W15_IK, K2_W13</w:t>
+        <w:t xml:space="preserve">K2_W15_IK, K2_W13, K2_W07, K2_W08, K2_W09, K2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>