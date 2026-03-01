--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -745,51 +745,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin i sporządzenie projektu wybranego obiektu infrastruktury.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W15_IK, K2_W13, K2_W07, K2_W08, K2_W09, K2_W10</w:t>
+        <w:t xml:space="preserve">K2_W07, K2_W08, K2_W09, K2_W10, K2_W15_IK, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -905,67 +905,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zachowanie w grupie wykonującej ćwiczenie projektowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K01, K2_K03, K2_K04, K2_K05</w:t>
+        <w:t xml:space="preserve">K2_K04, K2_K05, K2_K01, K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KR, I.P7S_KK, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest kompetentny w zakresie skutków społecznych wynikajacych z realizacji inwestycji infrastrukturalnych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>