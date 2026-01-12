--- v0 (2025-10-30)
+++ v1 (2026-01-12)
@@ -773,71 +773,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W13, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat zasad działania wytwórni konstrukcji stalowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat zasad działania wytwórni konstrukcji stalowych.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat wybranych systemów budownictwa halowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -856,58 +926,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat wybranych systemów budownictwa halowego.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat zastosowania przekrojów zamkniętych w konstrukcjach stalowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -926,398 +996,328 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat zastosowania przekrojów zamkniętych w konstrukcjach stalowych.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat zabezpieczeń konstrukcji stalowych przed korozją i ogniem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13</w:t>
+        <w:t xml:space="preserve">K2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat zabezpieczeń konstrukcji stalowych przed korozją i ogniem.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat zastosowania aluminium w budownictwie, w tym na fasady.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W06</w:t>
+        <w:t xml:space="preserve">K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych wymagań dotyczących wytwarzania i wznoszenia konstrukcji stalowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W06, K2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat zastosowania aluminium w budownictwie, w tym na fasady.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać model numeryczny konstrukcji prętowej hali.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W08</w:t>
+        <w:t xml:space="preserve">K2_U12, K2_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować elementy konstrukcji stalowej takie jak kratownice, rygle, słupy mimośrodowo ściskane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>