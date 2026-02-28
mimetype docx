--- v1 (2026-01-12)
+++ v2 (2026-02-28)
@@ -773,51 +773,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W13, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma ogólną wiedzę na temat zasad działania wytwórni konstrukcji stalowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -843,71 +843,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat wybranych systemów budownictwa halowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat wybranych systemów budownictwa halowego.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat zastosowania przekrojów zamkniętych w konstrukcjach stalowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -926,398 +996,328 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat zastosowania przekrojów zamkniętych w konstrukcjach stalowych.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat zabezpieczeń konstrukcji stalowych przed korozją i ogniem.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13</w:t>
+        <w:t xml:space="preserve">K2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat zabezpieczeń konstrukcji stalowych przed korozją i ogniem.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat zastosowania aluminium w budownictwie, w tym na fasady.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W06</w:t>
+        <w:t xml:space="preserve">K2_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W7: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę na temat podstawowych wymagań dotyczących wytwarzania i wznoszenia konstrukcji stalowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W06, K2_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat zastosowania aluminium w budownictwie, w tym na fasady.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać model numeryczny konstrukcji prętowej hali.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W08</w:t>
+        <w:t xml:space="preserve">K2_U03, K2_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować elementy konstrukcji stalowej takie jak kratownice, rygle, słupy mimośrodowo ściskane.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>