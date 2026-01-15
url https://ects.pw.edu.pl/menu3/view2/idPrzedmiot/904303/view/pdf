--- v0 (2026-01-14)
+++ v1 (2026-01-15)
@@ -808,67 +808,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i ustna obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W09, K2_W10, K2_W13, K2_W17_DS, K2_W15_DS, K2_W08</w:t>
+        <w:t xml:space="preserve">K2_W13, K2_W17_DS, K2_W15_DS, K2_W08, K2_W09, K2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>