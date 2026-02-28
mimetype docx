--- v1 (2026-01-15)
+++ v2 (2026-02-28)
@@ -754,51 +754,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W08, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę z zakresu projektowania i wykonywania ulepszonych podłoży i podbudów konstrukcji nawierzchni budowli komunikacyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -824,51 +824,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W13, K2_W17_DS, K2_W15_DS, K2_W08, K2_W09, K2_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -958,67 +958,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu technologii budowy warstw podbudowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U07, K2_U09, K2_U16_DS</w:t>
+        <w:t xml:space="preserve">K2_U09, K2_U16_DS, K2_U06, K2_U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>