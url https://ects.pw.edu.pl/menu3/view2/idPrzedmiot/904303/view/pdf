--- v2 (2026-02-28)
+++ v3 (2026-03-22)
@@ -754,51 +754,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W08, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę z zakresu projektowania i wykonywania ulepszonych podłoży i podbudów konstrukcji nawierzchni budowli komunikacyjnych.							</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -808,67 +808,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Test i ustna obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13, K2_W17_DS, K2_W15_DS, K2_W08, K2_W09, K2_W10</w:t>
+        <w:t xml:space="preserve">K2_W17_DS, K2_W15_DS, K2_W08, K2_W09, K2_W10, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -958,67 +958,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu technologii budowy warstw podbudowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U09, K2_U16_DS, K2_U06, K2_U07</w:t>
+        <w:t xml:space="preserve">K2_U06, K2_U07, K2_U09, K2_U16_DS</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>