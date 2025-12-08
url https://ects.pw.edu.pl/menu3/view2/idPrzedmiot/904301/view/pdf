--- v0 (2025-11-04)
+++ v1 (2025-12-08)
@@ -757,67 +757,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawne wykonanie zadań projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W06, K2_W13, K2_W14_KB, K2_W09</w:t>
+        <w:t xml:space="preserve">K2_W13, K2_W14_KB, K2_W09, K2_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WK, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -907,67 +907,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawne wykonanie zadań projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB, K2_U19_KB, K2_U12, K2_U21_KB, K2_U05, K2_U06</w:t>
+        <w:t xml:space="preserve">K2_U17_KB, K2_U19_KB, K2_U12, K2_U21_KB, K2_U05, K2_U06, K2_U15_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, I.P7S_UU, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawnie przetwarza, opracowuje i interpretuje wyniki przeprowadzonych obliczeń, dokonując ich krytycznej oceny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>