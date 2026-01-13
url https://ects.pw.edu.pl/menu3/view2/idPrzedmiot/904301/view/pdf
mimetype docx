--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -757,67 +757,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawne wykonanie zadań projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13, K2_W14_KB, K2_W09, K2_W06</w:t>
+        <w:t xml:space="preserve">K2_W09, K2_W06, K2_W13, K2_W14_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WK, I.P7S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -907,67 +907,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawne wykonanie zadań projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U17_KB, K2_U19_KB, K2_U12, K2_U21_KB, K2_U05, K2_U06, K2_U15_KB</w:t>
+        <w:t xml:space="preserve">K2_U12, K2_U21_KB, K2_U05, K2_U06, K2_U15_KB, K2_U17_KB, K2_U19_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, I.P7S_UU, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawnie przetwarza, opracowuje i interpretuje wyniki przeprowadzonych obliczeń, dokonując ich krytycznej oceny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>