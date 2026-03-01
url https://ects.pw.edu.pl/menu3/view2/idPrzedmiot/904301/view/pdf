--- v2 (2026-01-13)
+++ v3 (2026-03-01)
@@ -757,67 +757,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawne wykonanie zadań projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W09, K2_W06, K2_W13, K2_W14_KB</w:t>
+        <w:t xml:space="preserve">K2_W06, K2_W13, K2_W14_KB, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG, I.P7S_WK</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -837,207 +837,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawne wykonanie zadań projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K2_U06, K2_U15_KB, K2_U17_KB, K2_U19_KB, K2_U12, K2_U21_KB, K2_U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o, I.P7S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować lub zweryfikować nośność wybranego połączenia śrubowego/spawanego stalowych elementów konstrukcyjnych poddanego oddziaływaniom pożarowym.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Poprawne wykonanie zadań projektowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K2_U05, K2_U06, K2_U15_KB, K2_U17_KB, K2_U19_KB, K2_U12, K2_U21_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować lub zweryfikować nośność wybranego połączenia śrubowego/spawanego stalowych elementów konstrukcyjnych poddanego oddziaływaniom pożarowym.</w:t>
+        <w:t xml:space="preserve">Poprawnie przetwarza, opracowuje i interpretuje wyniki przeprowadzonych obliczeń, dokonując ich krytycznej oceny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawne wykonanie zadań projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U12, K2_U21_KB, K2_U05, K2_U06, K2_U15_KB, K2_U17_KB, K2_U19_KB</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>