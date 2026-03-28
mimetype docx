--- v3 (2026-03-01)
+++ v4 (2026-03-28)
@@ -837,67 +837,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Poprawne wykonanie zadań projektowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U06, K2_U15_KB, K2_U17_KB, K2_U19_KB, K2_U12, K2_U21_KB, K2_U05</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U06, K2_U15_KB, K2_U17_KB, K2_U19_KB, K2_U12, K2_U21_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U, III.P7S_UW.o, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować lub zweryfikować nośność wybranego połączenia śrubowego/spawanego stalowych elementów konstrukcyjnych poddanego oddziaływaniom pożarowym.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -993,51 +993,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_U05, K2_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K1: </w:t>
       </w:r>
     </w:p>