--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -909,51 +909,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu belki podsuwnicowej. Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W09, K2_W13, K2_W14_KB, K2_W16_KB</w:t>
+        <w:t xml:space="preserve">K2_W13, K2_W14_KB, K2_W16_KB, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1065,71 +1065,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat podpór kolei linowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W16_KB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat podpór kolei linowych.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat konstrukcji wsporczych linii elektroenergetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1148,312 +1218,242 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W7: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat konstrukcji wsporczych linii elektroenergetycznych.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe normy z zakresu projektowania konstrukcji wsporczych suwnic i kominów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu. Obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W16_KB</w:t>
+        <w:t xml:space="preserve">K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W8: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe normy z zakresu projektowania konstrukcji wsporczych suwnic i kominów.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować główną konstrukcję wsporczą suwnicy natorowej (belkę podsuwnicową)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie projektu. Obrona projektu.</w:t>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W09</w:t>
+        <w:t xml:space="preserve">K2_U05, K2_U10, K2_U15_KB, K2_U17_KB, K2_U20_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować główną konstrukcję wsporczą suwnicy natorowej (belkę podsuwnicową)</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować przemysłowy komin stalowy jednopowłokowy z wykładziną wewnętrzną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U05, K2_U10, K2_U15_KB, K2_U17_KB, K2_U20_KB</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">K2_U10, K2_U15_KB, K2_U17_KB, K2_U20_KB, K2_U05</w:t>
+        <w:t xml:space="preserve">K2_U17_KB, K2_U20_KB, K2_U05, K2_U10, K2_U15_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>