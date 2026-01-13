--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -1065,51 +1065,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma ogólną wiedzę na temat podpór kolei linowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1409,567 +1409,567 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U17_KB, K2_U20_KB, K2_U05, K2_U10, K2_U15_KB</w:t>
+        <w:t xml:space="preserve">K2_U10, K2_U15_KB, K2_U17_KB, K2_U20_KB, K2_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wykonać rysunki konstrukcyjne belki podsuwnicowej i komina stalowego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać rysunki konstrukcyjne belki podsuwnicowej i komina stalowego.</w:t>
+        <w:t xml:space="preserve">Potrafi korzystać z norm dotyczących projektowania belek podsuwnicowych i kominów stalowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zebrać obciążenia statyczne i dynamiczne przekazywane przez suwnice natorowe.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U10</w:t>
+        <w:t xml:space="preserve">K2_U17_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi korzystać z norm dotyczących projektowania belek podsuwnicowych i kominów stalowych.</w:t>
+        <w:t xml:space="preserve">Potrafi ustalić i zebrać obciążenia stałe, technologiczne, termiczne i klimatyczne działające na kominy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB</w:t>
+        <w:t xml:space="preserve">K2_U17_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zebrać obciążenia statyczne i dynamiczne przekazywane przez suwnice natorowe.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać klasyfikacji konstrukcji przemysłowych ze względy na ich przeznaczenie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U16_KB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Studiuje materiały wykładowe. Uzupełnia wiedzę informacjami z literatury i innych ogólnie dostępnych źródeł.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_K02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonując projekty poszukuje prawidłowych, racjonalnych i uzasadnionych ekonomicznie rozwiązań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U17_KB</w:t>
+        <w:t xml:space="preserve">K2_K05, K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">