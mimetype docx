--- v2 (2026-01-13)
+++ v3 (2026-01-14)
@@ -1339,637 +1339,637 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB, K2_U20_KB, K2_U05, K2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować przemysłowy komin stalowy jednopowłokowy z wykładziną wewnętrzną.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K2_U05, K2_U10, K2_U15_KB, K2_U17_KB, K2_U20_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U2: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować przemysłowy komin stalowy jednopowłokowy z wykładziną wewnętrzną.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać rysunki konstrukcyjne belki podsuwnicowej i komina stalowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi korzystać z norm dotyczących projektowania belek podsuwnicowych i kominów stalowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U10, K2_U15_KB, K2_U17_KB, K2_U20_KB, K2_U05</w:t>
+        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U3: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi wykonać rysunki konstrukcyjne belki podsuwnicowej i komina stalowego.</w:t>
+        <w:t xml:space="preserve">Potrafi zebrać obciążenia statyczne i dynamiczne przekazywane przez suwnice natorowe.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U10</w:t>
+        <w:t xml:space="preserve">K2_U17_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U4: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi korzystać z norm dotyczących projektowania belek podsuwnicowych i kominów stalowych.</w:t>
+        <w:t xml:space="preserve">Potrafi ustalić i zebrać obciążenia stałe, technologiczne, termiczne i klimatyczne działające na kominy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U15_KB, K2_U17_KB</w:t>
+        <w:t xml:space="preserve">K2_U17_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U5: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zebrać obciążenia statyczne i dynamiczne przekazywane przez suwnice natorowe.</w:t>
+        <w:t xml:space="preserve">Potrafi dokonać klasyfikacji konstrukcji przemysłowych ze względy na ich przeznaczenie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_U16_KB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K1: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Studiuje materiały wykładowe. Uzupełnia wiedzę informacjami z literatury i innych ogólnie dostępnych źródeł.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_K02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K2: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonując projekty poszukuje prawidłowych, racjonalnych i uzasadnionych ekonomicznie rozwiązań.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_U17_KB</w:t>
+        <w:t xml:space="preserve">K2_K03, K2_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">P7U_K, I.P7S_KK, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">