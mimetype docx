--- v3 (2026-01-14)
+++ v4 (2026-02-27)
@@ -855,141 +855,281 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna zasady kształtowania, konstruowania i obliczania konstrukcji wsporczych halowego transportu podpartego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykonanie projektu belki podsuwnicowej. Zaliczenie wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W13, K2_W14_KB, K2_W16_KB, K2_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna ogólne zasady projektowania torów jezdnych transportu podwieszonego.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K2_W16_KB</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W3: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna zasady kształtowania, konstruowania i obliczania konstrukcji wsporczych halowego transportu podpartego.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat rurociągów przesyłowych cieczy i gazów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykonanie projektu belki podsuwnicowej. Zaliczenie wykładów.</w:t>
+        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13, K2_W14_KB, K2_W16_KB, K2_W09</w:t>
+        <w:t xml:space="preserve">K2_W16_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG, I.P7S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W4: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna ogólne zasady projektowania torów jezdnych transportu podwieszonego.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat podpór kolei linowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1008,58 +1148,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W5: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W7: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat rurociągów przesyłowych cieczy i gazów.</w:t>
+        <w:t xml:space="preserve">Ma ogólną wiedzę na temat konstrukcji wsporczych linii elektroenergetycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1078,328 +1218,188 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W6: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W8: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat podpór kolei linowych.</w:t>
+        <w:t xml:space="preserve">Zna podstawowe normy z zakresu projektowania konstrukcji wsporczych suwnic i kominów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+        <w:t xml:space="preserve">Wykonanie projektu. Obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W16_KB</w:t>
+        <w:t xml:space="preserve">K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W7: </w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma ogólną wiedzę na temat konstrukcji wsporczych linii elektroenergetycznych.</w:t>
+        <w:t xml:space="preserve">Potrafi zaprojektować główną konstrukcję wsporczą suwnicy natorowej (belkę podsuwnicową)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zaliczenie wykładów.</w:t>
+        <w:t xml:space="preserve">Wykonanie i obrona projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W16_KB</w:t>
+        <w:t xml:space="preserve">K2_U10, K2_U15_KB, K2_U05, K2_U17_KB, K2_U20_KB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...149 lines deleted...]
-        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaprojektować przemysłowy komin stalowy jednopowłokowy z wykładziną wewnętrzną.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>