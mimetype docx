--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -763,51 +763,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K2_W13, K2_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U1: </w:t>
       </w:r>
     </w:p>
@@ -907,51 +907,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa w czasie obrony projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K02, K2_K03, K2_K04</w:t>
+        <w:t xml:space="preserve">K2_K04, K2_K02, K2_K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>