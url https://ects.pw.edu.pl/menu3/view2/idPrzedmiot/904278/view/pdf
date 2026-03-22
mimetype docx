--- v2 (2026-02-27)
+++ v3 (2026-03-22)
@@ -747,51 +747,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie wykładów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_W13, K2_W09</w:t>
+        <w:t xml:space="preserve">K2_W09, K2_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -907,51 +907,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozmowa w czasie obrony projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K2_K04, K2_K02, K2_K03</w:t>
+        <w:t xml:space="preserve">K2_K02, K2_K03, K2_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>